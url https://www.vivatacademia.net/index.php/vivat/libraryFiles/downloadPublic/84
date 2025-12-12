--- v0 (2025-10-05)
+++ v1 (2025-12-12)
@@ -29,370 +29,357 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="-10"/>
         <w:tblW w:w="10598" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10598"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00457664" w:rsidRPr="002B78ED" w14:paraId="1B8AE0BF" w14:textId="77777777">
+      <w:tr w:rsidR="00457664" w:rsidRPr="00B5597D" w14:paraId="1B8AE0BF" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10598" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="04FDE6C6" w14:textId="0ABDE1F3" w:rsidR="00457664" w:rsidRPr="002B78ED" w:rsidRDefault="00D3577B" w:rsidP="00044D5D">
+          <w:p w14:paraId="04FDE6C6" w14:textId="0ABDE1F3" w:rsidR="00457664" w:rsidRPr="00B5597D" w:rsidRDefault="00D3577B" w:rsidP="00171CA2">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00B5597D">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Recibido</w:t>
             </w:r>
-            <w:r w:rsidR="00457664" w:rsidRPr="002B78ED">
+            <w:r w:rsidR="00457664" w:rsidRPr="00B5597D">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
-            <w:r w:rsidR="00A31706">
+            <w:r w:rsidR="00A31706" w:rsidRPr="00B5597D">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">       </w:t>
             </w:r>
-            <w:r w:rsidR="008866B5" w:rsidRPr="002B78ED">
+            <w:r w:rsidR="008866B5" w:rsidRPr="00B5597D">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00B5597D">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Aceptado</w:t>
             </w:r>
-            <w:r w:rsidR="00457664" w:rsidRPr="002B78ED">
+            <w:r w:rsidR="00457664" w:rsidRPr="00B5597D">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
-            <w:r w:rsidR="00A31706">
+            <w:r w:rsidR="00A31706" w:rsidRPr="00B5597D">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">       </w:t>
             </w:r>
-            <w:r w:rsidR="008866B5">
+            <w:r w:rsidR="008866B5" w:rsidRPr="00B5597D">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00B5597D">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                 <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Publicado</w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidR="00457664" w:rsidRPr="002B78ED">
+            <w:r w:rsidR="00457664" w:rsidRPr="00B5597D">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
-            <w:r w:rsidR="00216DF4">
+            <w:r w:rsidR="00216DF4" w:rsidRPr="00B5597D">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (</w:t>
-[...6 lines deleted...]
-              <w:t>lo pone el editor)</w:t>
+              <w:t xml:space="preserve"> (lo pone el editor)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="39DCB64F" w14:textId="77777777" w:rsidR="00C54E4C" w:rsidRPr="00816FB9" w:rsidRDefault="008D5BD4" w:rsidP="00C82DB3">
+    <w:p w14:paraId="39DCB64F" w14:textId="77777777" w:rsidR="00C54E4C" w:rsidRPr="00B5597D" w:rsidRDefault="008D5BD4" w:rsidP="00171CA2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6235"/>
         </w:tabs>
-        <w:spacing w:before="240" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:color w:val="808080"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pt-PT"/>
-[...8 lines deleted...]
-          <w:lang w:val="pt-PT"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Márgenes: Superior 3 cm</w:t>
       </w:r>
-      <w:r w:rsidR="00C54E4C" w:rsidRPr="00816FB9">
-[...5 lines deleted...]
-          <w:lang w:val="pt-PT"/>
+      <w:r w:rsidR="00C54E4C" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>. Resto 2,5</w:t>
       </w:r>
-      <w:r w:rsidRPr="00816FB9">
-[...5 lines deleted...]
-          <w:lang w:val="pt-PT"/>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> cm</w:t>
       </w:r>
-      <w:r w:rsidR="00263766" w:rsidRPr="00816FB9">
-[...5 lines deleted...]
-          <w:lang w:val="pt-PT"/>
+      <w:r w:rsidR="00263766" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>. Interlineado simple.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="634AD402" w14:textId="77777777" w:rsidR="00457664" w:rsidRPr="00BB57BC" w:rsidRDefault="00457664" w:rsidP="00A31706">
+    <w:p w14:paraId="634AD402" w14:textId="77777777" w:rsidR="00457664" w:rsidRPr="00B5597D" w:rsidRDefault="00457664" w:rsidP="00171CA2">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:color w:val="808080"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rStyle w:val="Ttulo1Car"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>TÍTULO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DEL ARTÍCULO </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:color w:val="808080"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(BOOK ANTIGUA </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB57BC" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:color w:val="808080"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:color w:val="808080"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4, MAYÚSCULAS, </w:t>
+      </w:r>
+      <w:r w:rsidR="00C765E2" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:color w:val="808080"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NEGRITA, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:color w:val="808080"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>CENTRADO, INTERLINEADO SENCILLO)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48B42C5D" w14:textId="77777777" w:rsidR="003D1F91" w:rsidRPr="00B5597D" w:rsidRDefault="003D1F91" w:rsidP="00171CA2">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="808080"/>
-          <w:sz w:val="48"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00BB57BC">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="48"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00BB57BC">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Título en inglés </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="808080"/>
-          <w:sz w:val="48"/>
-[...46 lines deleted...]
-        <w:t>CENTRADO, INTERLINEADO SENCILLO)</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>(Book antigua 14, negrita, centrado, interlineado sencillo)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48B42C5D" w14:textId="77777777" w:rsidR="003D1F91" w:rsidRPr="00A31706" w:rsidRDefault="003D1F91" w:rsidP="00A31706">
+    <w:p w14:paraId="4316CB3E" w14:textId="77777777" w:rsidR="00100EB8" w:rsidRPr="00B5597D" w:rsidRDefault="00100EB8" w:rsidP="00171CA2">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-[...38 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5C7FF319" w14:textId="77777777" w:rsidR="00457664" w:rsidRPr="009F24F8" w:rsidRDefault="0076315A" w:rsidP="00C82DB3">
+    <w:p w14:paraId="5C7FF319" w14:textId="77777777" w:rsidR="00457664" w:rsidRPr="00B5597D" w:rsidRDefault="0076315A" w:rsidP="00171CA2">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
-          <w:color w:val="CC00CC"/>
-[...6 lines deleted...]
-          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="10DE43F1" wp14:editId="39E11E23">
             <wp:extent cx="155575" cy="155575"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="4" name="Imagen 4" descr="descarga"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Imagen 4" descr="descarga"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
@@ -400,289 +387,269 @@
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="155575" cy="155575"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00457664">
+      <w:r w:rsidR="00457664" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Nombre y apellidos del autor</w:t>
       </w:r>
-      <w:r w:rsidR="009F24F8" w:rsidRPr="00423667">
+      <w:r w:rsidR="009F24F8" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rStyle w:val="Refdenotaalpie"/>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
-      <w:r w:rsidR="007B120E">
+      <w:r w:rsidR="007B120E" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="00FE6FC2">
+      <w:r w:rsidR="00FE6FC2" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FE6FC2" w:rsidRPr="008130A7">
+      <w:r w:rsidR="00FE6FC2" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="808080"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>(Book Antigua 12, negrita, justificado, interlineado sencillo)</w:t>
       </w:r>
-      <w:r w:rsidR="009F24F8">
+      <w:r w:rsidR="009F24F8" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="00457664">
+      <w:r w:rsidR="00457664" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00457664" w:rsidRPr="00A84D2D">
+      <w:r w:rsidR="00457664" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00457664">
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Universidad. País. </w:t>
+      </w:r>
+      <w:r w:rsidR="00457664" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
-          <w:sz w:val="24"/>
-[...41 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>(Book Antigua 12, justificado, interlineado sencillo)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="339DDD4D" w14:textId="77777777" w:rsidR="00457664" w:rsidRDefault="00457664" w:rsidP="00C82DB3">
+    <w:p w14:paraId="339DDD4D" w14:textId="77777777" w:rsidR="00457664" w:rsidRPr="00B5597D" w:rsidRDefault="00457664" w:rsidP="00171CA2">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:hyperlink r:id="rId10" w:history="1">
-          <w:r>
+          <w:r w:rsidRPr="00B5597D">
             <w:rPr>
               <w:rStyle w:val="Hipervnculo"/>
               <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
               <w:bCs/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
+              <w:lang w:val="es-ES_tradnl"/>
             </w:rPr>
             <w:t>correoelectronico@dominio.com</w:t>
           </w:r>
         </w:hyperlink>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00645EE4" w:rsidRPr="008130A7">
+      <w:r w:rsidR="00645EE4" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:color w:val="808080"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">en la línea siguiente </w:t>
       </w:r>
-      <w:r w:rsidRPr="008130A7">
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:color w:val="808080"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>(Book Antigua 12, justificado, interlineado sencillo</w:t>
       </w:r>
-      <w:r w:rsidR="00C54E4C" w:rsidRPr="008130A7">
+      <w:r w:rsidR="00C54E4C" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:color w:val="808080"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> como </w:t>
       </w:r>
-      <w:r w:rsidR="00C54E4C" w:rsidRPr="008130A7">
+      <w:r w:rsidR="00C54E4C" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:color w:val="808080"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>hipervínculo</w:t>
       </w:r>
-      <w:r w:rsidRPr="008130A7">
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:color w:val="808080"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
-      <w:r w:rsidR="003B1ACF">
+      <w:r w:rsidR="003B1ACF" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A3F96EF" w14:textId="33089D5C" w:rsidR="00C54E4C" w:rsidRPr="00345C2F" w:rsidRDefault="0076315A" w:rsidP="00C82DB3">
+    <w:p w14:paraId="4A3F96EF" w14:textId="33089D5C" w:rsidR="00C54E4C" w:rsidRPr="00B5597D" w:rsidRDefault="0076315A" w:rsidP="00171CA2">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
-          <w:color w:val="CC00CC"/>
-[...6 lines deleted...]
-          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0C4DF74A" wp14:editId="26148BCE">
             <wp:extent cx="155575" cy="155575"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="2" name="Imagen 4" descr="descarga"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Imagen 4" descr="descarga"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
@@ -690,7730 +657,8295 @@
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="155575" cy="155575"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00C54E4C">
+      <w:r w:rsidR="00C54E4C" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Nombre y apellidos del </w:t>
       </w:r>
-      <w:r w:rsidR="00100EB8">
+      <w:r w:rsidR="00100EB8" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>auto</w:t>
       </w:r>
-      <w:r w:rsidR="0042641D">
+      <w:r w:rsidR="0042641D" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rStyle w:val="Refdenotaalpie"/>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
-      <w:r w:rsidR="00100EB8">
+      <w:r w:rsidR="00100EB8" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="00FE6FC2" w:rsidRPr="008130A7">
+      <w:r w:rsidR="00FE6FC2" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="808080"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>(Book Antigua 12, negrita, justificado, interlineado sencillo)</w:t>
       </w:r>
-      <w:r w:rsidR="00345C2F">
+      <w:r w:rsidR="00345C2F" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="00C54E4C">
+      <w:r w:rsidR="00C54E4C" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C54E4C" w:rsidRPr="00A84D2D">
+      <w:r w:rsidR="00C54E4C" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00C54E4C">
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Universidad. País. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C54E4C" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
-          <w:sz w:val="24"/>
-[...41 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>(Book Antigua 12, justificado, interlineado sencillo)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="048E1F00" w14:textId="77777777" w:rsidR="00C54E4C" w:rsidRPr="002840BC" w:rsidRDefault="00C54E4C" w:rsidP="00C82DB3">
+    <w:p w14:paraId="048E1F00" w14:textId="77777777" w:rsidR="00C54E4C" w:rsidRPr="00B5597D" w:rsidRDefault="00C54E4C" w:rsidP="00171CA2">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:hyperlink r:id="rId12" w:history="1">
-          <w:r>
+          <w:r w:rsidRPr="00B5597D">
             <w:rPr>
               <w:rStyle w:val="Hipervnculo"/>
               <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
               <w:bCs/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
+              <w:lang w:val="es-ES_tradnl"/>
             </w:rPr>
             <w:t>correoelectronico@dominio.com</w:t>
           </w:r>
         </w:hyperlink>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00645EE4" w:rsidRPr="008130A7">
+      <w:r w:rsidR="00645EE4" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:color w:val="808080"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">en la línea siguiente </w:t>
       </w:r>
-      <w:r w:rsidRPr="008130A7">
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:color w:val="808080"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">(Book Antigua 12, justificado, interlineado sencillo como </w:t>
       </w:r>
-      <w:r w:rsidRPr="008130A7">
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:color w:val="808080"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>hipervínculo</w:t>
       </w:r>
-      <w:r w:rsidRPr="008130A7">
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:color w:val="808080"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="002840BC">
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B48041D" w14:textId="77777777" w:rsidR="002840BC" w:rsidRPr="008130A7" w:rsidRDefault="002840BC" w:rsidP="00C82DB3">
+    <w:p w14:paraId="5B48041D" w14:textId="77777777" w:rsidR="002840BC" w:rsidRPr="00B5597D" w:rsidRDefault="002840BC" w:rsidP="00171CA2">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
           <w:color w:val="808080"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="008130A7">
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
           <w:color w:val="808080"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>y siguientes autores…</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74D2A074" w14:textId="77777777" w:rsidR="00100EB8" w:rsidRDefault="00B50C1D" w:rsidP="00C82DB3">
+    <w:p w14:paraId="74D2A074" w14:textId="77777777" w:rsidR="00100EB8" w:rsidRPr="00B5597D" w:rsidRDefault="00B50C1D" w:rsidP="00171CA2">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="808080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="008130A7">
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="808080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Si el artículo tiene </w:t>
       </w:r>
-      <w:r w:rsidR="008D5BD4" w:rsidRPr="008130A7">
+      <w:r w:rsidR="008D5BD4" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="808080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>financiación va aquí. Book Antig</w:t>
       </w:r>
-      <w:r w:rsidRPr="008130A7">
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="808080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>ua 10, cursiva, ju</w:t>
       </w:r>
-      <w:r w:rsidR="007B120E">
+      <w:r w:rsidR="007B120E" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="808080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>stificado, interlineado simple.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F626CC3" w14:textId="77777777" w:rsidR="00406037" w:rsidRPr="00406037" w:rsidRDefault="00406037" w:rsidP="00406037">
+    <w:p w14:paraId="4F626CC3" w14:textId="77777777" w:rsidR="00406037" w:rsidRPr="00B5597D" w:rsidRDefault="00406037" w:rsidP="00171CA2">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Calibri" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00406037">
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Calibri" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Cómo citar el artículo: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00406037">
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Calibri" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:color w:val="7F7F7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>(SEGÚN NORMA APA 7)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DF360F7" w14:textId="38F25F21" w:rsidR="00406037" w:rsidRPr="00406037" w:rsidRDefault="00406037" w:rsidP="00406037">
+    <w:p w14:paraId="0DF360F7" w14:textId="38F25F21" w:rsidR="00406037" w:rsidRPr="00B5597D" w:rsidRDefault="00406037" w:rsidP="00171CA2">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
-        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Calibri" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:bCs/>
           <w:color w:val="7F7F7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00406037">
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Calibri" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00406037">
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Apellido Apellido, N</w:t>
+      </w:r>
+      <w:r w:rsidR="00392218" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Calibri" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00406037">
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>ombre</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Calibri" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00392218">
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y Apellido Apellido, N</w:t>
+      </w:r>
+      <w:r w:rsidR="00392218" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Calibri" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>ombre</w:t>
       </w:r>
-      <w:r w:rsidRPr="00406037">
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Calibri" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...36 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> (año).</w:t>
       </w:r>
-      <w:r w:rsidRPr="00406037">
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Calibri" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00406037">
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Calibri" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Título del artículo. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00F50385">
+      <w:r w:rsidR="00F50385" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Calibri" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidR="00F50385">
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Vivat Academia</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_Hlk199928628"/>
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Calibri" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00406037">
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Calibri" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:bCs/>
-          <w:i/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00406037">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ##, pp-pp</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Calibri" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
-          <w:bCs/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00406037">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Calibri" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00406037">
+          <w:color w:val="7F7F7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>(Book Antigua 12, justificado)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Calibri" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00406037">
+          <w:color w:val="00B050"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="006874D5" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Calibri" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00406037">
+          <w:bCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Calibri" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
-          <w:bCs/>
-[...6 lines deleted...]
-      <w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>http</w:t>
+      </w:r>
+      <w:r w:rsidR="00F50385" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Calibri" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
-          <w:bCs/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00406037">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Calibri" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
-          <w:bCs/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00406037">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>://doi.org/10.151</w:t>
+      </w:r>
+      <w:r w:rsidR="008866B5" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Calibri" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
-          <w:bCs/>
-[...6 lines deleted...]
-      <w:r w:rsidR="006874D5">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Calibri" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
-          <w:bCs/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00406037">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>8/</w:t>
+      </w:r>
+      <w:r w:rsidR="00F50385" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Calibri" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00F50385">
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>va</w:t>
+      </w:r>
+      <w:r w:rsidR="008866B5" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Calibri" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00406037">
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>.año</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Calibri" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="008866B5">
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>.#.</w:t>
+      </w:r>
+      <w:r w:rsidR="006874D5" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Calibri" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00406037">
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Calibri" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...38 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">ID </w:t>
       </w:r>
-      <w:r w:rsidRPr="00406037">
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Calibri" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:color w:val="7F7F7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">(lo pone el editor) </w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="4CDB9B54" w14:textId="77777777" w:rsidR="00457664" w:rsidRPr="008130A7" w:rsidRDefault="00457664" w:rsidP="00C82DB3">
+    <w:p w14:paraId="62DAF94D" w14:textId="77777777" w:rsidR="005557B4" w:rsidRPr="00B5597D" w:rsidRDefault="005557B4" w:rsidP="00171CA2">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CDB9B54" w14:textId="567D6CCA" w:rsidR="00457664" w:rsidRPr="00B5597D" w:rsidRDefault="005557B4" w:rsidP="00171CA2">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidR="00457664" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="00457664" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="00457664" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>U</w:t>
+      </w:r>
+      <w:r w:rsidR="00457664" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="00457664" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="00457664" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">N </w:t>
+      </w:r>
+      <w:r w:rsidR="00457664" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:color w:val="808080"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>(BOOK ANTIGUA 12, NEGRITA, JUSTIFICADO, INTERLINEADO SENCILLO)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FE2B6D1" w14:textId="77777777" w:rsidR="00457664" w:rsidRPr="00B5597D" w:rsidRDefault="00A57F38" w:rsidP="00171CA2">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Introducción:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>texto normal, texto normal, texto normal, nota a pie de página, texto normal, texto normal, texto normal, texto normal, texto normal</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Metodología: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>texto normal, texto normal, texto normal, nota a pie de página, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, nota a pie de página, texto normal, texto normal, texto normal, texto normal, texto normal</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Resultados: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">texto normal, texto normal, texto normal, nota a pie de página, texto normal, texto normal, texto normal, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Discusión: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>texto normal, texto normal, texto normal, texto normal, texto normal, nota a pie de página, texto normal, texto normal, texto normal, texto normal, texto normal</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Conclusiones:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rStyle w:val="Textoennegrita"/>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>texto normal, texto normal, texto normal, nota a pie de página, texto normal, texto normal, texto normal, texto normal, texto normal</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00457664" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Book Antigua 12, justificado, interlineado sencillo, </w:t>
+      </w:r>
+      <w:r w:rsidR="00457664" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">entre </w:t>
+      </w:r>
+      <w:r w:rsidR="00816FB9" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>200 y 500</w:t>
+      </w:r>
+      <w:r w:rsidR="00457664" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> palabras</w:t>
+      </w:r>
+      <w:r w:rsidR="00457664" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="578C2679" w14:textId="77777777" w:rsidR="00457664" w:rsidRPr="00B5597D" w:rsidRDefault="00457664" w:rsidP="00171CA2">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="00C82DB3" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00C82DB3" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidR="00C82DB3" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00C82DB3" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidR="00C82DB3" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidR="00C82DB3" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00C82DB3" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C82DB3" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="00C82DB3" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidR="00C82DB3" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00C82DB3" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>v</w:t>
+      </w:r>
+      <w:r w:rsidR="00C82DB3" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00C82DB3" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Book antigua 12, negrita, justificado, interlineado sencillo)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00044D5D" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>palabra 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00100EB8" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00044D5D" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>palabra 2</w:t>
+      </w:r>
+      <w:r w:rsidR="00100EB8" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00044D5D" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>palabra 3</w:t>
+      </w:r>
+      <w:r w:rsidR="00100EB8" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00044D5D" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>palabra 4</w:t>
+      </w:r>
+      <w:r w:rsidR="00100EB8" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00044D5D" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>palabra 5</w:t>
+      </w:r>
+      <w:r w:rsidR="00100EB8" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00044D5D" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>palabra 6</w:t>
+      </w:r>
+      <w:r w:rsidR="00100EB8" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00044D5D" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>palabra 7</w:t>
+      </w:r>
+      <w:r w:rsidR="00100EB8" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00044D5D" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>palabra 8</w:t>
+      </w:r>
+      <w:r w:rsidR="00100EB8" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00044D5D" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>palabra 9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00A31706" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="003B7560" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ntre 5 y </w:t>
+      </w:r>
+      <w:r w:rsidR="00345C2F" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> palabras</w:t>
+      </w:r>
+      <w:r w:rsidR="003B7560" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> separadas por </w:t>
+      </w:r>
+      <w:r w:rsidR="00100EB8" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>comas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36ACD2CA" w14:textId="77777777" w:rsidR="00457664" w:rsidRPr="00B5597D" w:rsidRDefault="00457664" w:rsidP="00171CA2">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00423667">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
-      <w:r w:rsidRPr="00423667">
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00423667">
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:spacing w:val="-3"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00423667">
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:spacing w:val="1"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00423667">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">T </w:t>
+      </w:r>
+      <w:r w:rsidR="003C5467" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00423667">
+          <w:color w:val="808080"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>BOOK ANTIGUA 12, NEGRITA, JUSTIFICADO, INTERLINEADO SENCILLO)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F1F5944" w14:textId="77777777" w:rsidR="00457664" w:rsidRPr="00B5597D" w:rsidRDefault="007E504D" w:rsidP="00171CA2">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:color w:val="CC00CC"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Introduction: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>texto normal, texto normal, texto normal, nota a pie de página, texto normal, texto normal, texto normal, texto normal, texto normal.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Methodology: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">texto normal, texto normal, texto normal, nota a pie de página, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, nota a pie de página, texto normal, texto normal, texto normal, texto normal, texto normal. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="808080"/>
-[...3 lines deleted...]
-        <w:t>(BOOK ANTIGUA 12, NEGRITA, JUSTIFICADO, INTERLINEADO SENCILLO)</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Results: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">texto normal, texto normal, texto normal, nota a pie de página, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, nota a pie de página, texto normal, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Discussion: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">texto normal, texto normal, texto normal, texto normal. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Conclusions:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> texto normal, texto normal, texto normal, nota a pie de página, texto normal, texto normal, texto normal, texto normal, texto normal. </w:t>
+      </w:r>
+      <w:r w:rsidR="00457664" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>(Book Antigua 12, justificado,</w:t>
+      </w:r>
+      <w:r w:rsidR="003507A7" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> interlineado sencillo</w:t>
+      </w:r>
+      <w:r w:rsidR="00457664" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FE2B6D1" w14:textId="77777777" w:rsidR="00457664" w:rsidRPr="008130A7" w:rsidRDefault="00A57F38" w:rsidP="00C82DB3">
-[...648 lines deleted...]
-    <w:p w14:paraId="36ACD2CA" w14:textId="77777777" w:rsidR="00457664" w:rsidRPr="008130A7" w:rsidRDefault="00457664" w:rsidP="00C82DB3">
+    <w:p w14:paraId="10B03CEE" w14:textId="77777777" w:rsidR="00457664" w:rsidRPr="00B5597D" w:rsidRDefault="00C82DB3" w:rsidP="00171CA2">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="808080"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00C54E4C">
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Ke</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:spacing w:val="1"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00C54E4C">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00C54E4C">
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>w</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:spacing w:val="-3"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00C54E4C">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00C54E4C">
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:spacing w:val="-2"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00C54E4C">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>ds:</w:t>
+      </w:r>
+      <w:r w:rsidR="00457664" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00C54E4C">
+          <w:color w:val="808080"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Book antigua 12, negrita, justificado, interlineado sencillo) </w:t>
+      </w:r>
+      <w:r w:rsidR="003B7560" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>word</w:t>
+      </w:r>
+      <w:r w:rsidR="00016A93" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00016A93" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="003B7560" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>word</w:t>
+      </w:r>
+      <w:r w:rsidR="00016A93" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2</w:t>
+      </w:r>
+      <w:r w:rsidR="00016A93" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="003B7560" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>word</w:t>
+      </w:r>
+      <w:r w:rsidR="00016A93" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3</w:t>
+      </w:r>
+      <w:r w:rsidR="00016A93" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="003B7560" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>word</w:t>
+      </w:r>
+      <w:r w:rsidR="00016A93" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4</w:t>
+      </w:r>
+      <w:r w:rsidR="00016A93" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="003B7560" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>word</w:t>
+      </w:r>
+      <w:r w:rsidR="00016A93" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5, </w:t>
+      </w:r>
+      <w:r w:rsidR="003B7560" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>word</w:t>
+      </w:r>
+      <w:r w:rsidR="00016A93" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6</w:t>
+      </w:r>
+      <w:r w:rsidR="00016A93" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="003B7560" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>word</w:t>
+      </w:r>
+      <w:r w:rsidR="00016A93" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7</w:t>
+      </w:r>
+      <w:r w:rsidR="00016A93" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="003B7560" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>word</w:t>
+      </w:r>
+      <w:r w:rsidR="00016A93" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8</w:t>
+      </w:r>
+      <w:r w:rsidR="00016A93" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="003B7560" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>word</w:t>
+      </w:r>
+      <w:r w:rsidR="00016A93" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9</w:t>
+      </w:r>
+      <w:r w:rsidR="00016A93" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00457664" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00457664" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00A31706" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="003B7560" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ntre 5 y </w:t>
+      </w:r>
+      <w:r w:rsidR="005975F2" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="00457664" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> palabras en inglés separadas por </w:t>
+      </w:r>
+      <w:r w:rsidR="003B7560" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>comas</w:t>
+      </w:r>
+      <w:r w:rsidR="00457664" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A120695" w14:textId="40934A4A" w:rsidR="00600C6A" w:rsidRPr="00B5597D" w:rsidRDefault="00600C6A" w:rsidP="00171CA2">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="541E24EA" w14:textId="47EB0FDD" w:rsidR="00457664" w:rsidRPr="00B5597D" w:rsidRDefault="00457664" w:rsidP="00171CA2">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo2"/>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">INTRODUCCIÓN </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:color w:val="808080"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>(BOOK ANTIGUA 12, NEGRITA, JUSTIFICADO, INTERLINEADO SENCILLO)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="237B1687" w14:textId="77777777" w:rsidR="0051780D" w:rsidRPr="00B5597D" w:rsidRDefault="00457664" w:rsidP="00171CA2">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal</w:t>
+      </w:r>
+      <w:r w:rsidR="0051780D" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>, texto normal.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="441BF3A3" w14:textId="77777777" w:rsidR="0051780D" w:rsidRPr="00B5597D" w:rsidRDefault="0051780D" w:rsidP="00171CA2">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
           <w:color w:val="000000"/>
-          <w:spacing w:val="-2"/>
-[...36 lines deleted...]
-        <w:t>BOOK ANTIGUA 12, NEGRITA, JUSTIFICADO, INTERLINEADO SENCILLO)</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal... </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>(Book Antigua 12, justificado, interlineado sencillo)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F1F5944" w14:textId="77777777" w:rsidR="00457664" w:rsidRPr="00816FB9" w:rsidRDefault="007E504D" w:rsidP="00C82DB3">
-[...1 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="7F5E8FB3" w14:textId="027BAE1E" w:rsidR="00AE75BF" w:rsidRPr="00B5597D" w:rsidRDefault="00AE75BF" w:rsidP="00171CA2">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo2"/>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:color w:val="808080"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">OBJETIVOS </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:color w:val="808080"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>(BOOK ANTIGUA 12, NEGRITA, JUSTIFICADO, INTERLINEADO SENCILLO)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69BBBDE9" w14:textId="77777777" w:rsidR="00AE75BF" w:rsidRPr="00B5597D" w:rsidRDefault="00AE75BF" w:rsidP="00171CA2">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:bCs/>
-          <w:color w:val="CC00CC"/>
-[...42 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Texto normal, texto normal, texto normal, texto normal, </w:t>
+      </w:r>
+      <w:r w:rsidR="005F76AD" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Nota a pie de página</w:t>
+      </w:r>
+      <w:r w:rsidR="005F76AD" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rStyle w:val="Refdenotaalpie"/>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:footnoteReference w:id="3"/>
+      </w:r>
+      <w:r w:rsidR="005F76AD" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...138 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal... </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>(Book Antigua 12, justificado, interlineado sencillo)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62718575" w14:textId="5DD379AE" w:rsidR="00457664" w:rsidRPr="00B5597D" w:rsidRDefault="00457664" w:rsidP="00171CA2">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo2"/>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:color w:val="808080"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">METODOLOGÍA </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:color w:val="808080"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>(BOOK ANTIGUA 12, NEGRITA, JUSTIFICADO, INTERLINEADO SENCILLO)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3819D656" w14:textId="77777777" w:rsidR="00457664" w:rsidRPr="00B5597D" w:rsidRDefault="00457664" w:rsidP="00171CA2">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal... </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>(Book Antigua 12, justificado, interlineado sencillo)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52406C3F" w14:textId="59481C9C" w:rsidR="00457664" w:rsidRPr="00B5597D" w:rsidRDefault="00AE75BF" w:rsidP="00171CA2">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo2"/>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:color w:val="808080"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>RESULTADOS</w:t>
+      </w:r>
+      <w:r w:rsidR="00561DB8" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00457664" w:rsidRPr="00816FB9">
-[...41 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidR="00457664" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:color w:val="808080"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>(BOOK ANTIGUA 12, NEGRITA, JUSTIFICADO, INTERLINEADO SENCILLO)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C857FE9" w14:textId="77777777" w:rsidR="00457664" w:rsidRPr="00B5597D" w:rsidRDefault="00457664" w:rsidP="00171CA2">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal... </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>(Book Antigua 12, just</w:t>
+      </w:r>
+      <w:r w:rsidR="003C5467" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>ificado, interlineado sencillo)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7888CB02" w14:textId="56C1E395" w:rsidR="00AE75BF" w:rsidRPr="00B5597D" w:rsidRDefault="00AE75BF" w:rsidP="00171CA2">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo2"/>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>DISCUSIÓN</w:t>
+      </w:r>
+      <w:r w:rsidR="00C82DB3" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...45 lines deleted...]
-        <w:t>)</w:t>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:color w:val="808080"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>(BOOK ANTIGUA 12, NEGRITA, JUSTIFICADO, INTERLINEADO SENCILLO)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10B03CEE" w14:textId="77777777" w:rsidR="00457664" w:rsidRPr="008130A7" w:rsidRDefault="00C82DB3" w:rsidP="00C82DB3">
+    <w:p w14:paraId="32E102DD" w14:textId="01D3EFE7" w:rsidR="00600C6A" w:rsidRPr="00B5597D" w:rsidRDefault="00AE75BF" w:rsidP="00171CA2">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal... </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>(Book Antigua 12, justificado, interlineado sencillo)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DDA2BA6" w14:textId="77777777" w:rsidR="00600C6A" w:rsidRPr="00B5597D" w:rsidRDefault="00600C6A" w:rsidP="00171CA2">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">texto normal, texto normal, texto normal... </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>(Book Antigua 12, justificado, interlineado sencillo)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D37AAED" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00B5597D" w:rsidRDefault="008130A7" w:rsidP="00171CA2">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-[...710 lines deleted...]
-      <w:r>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00AE75BF">
+          <w:color w:val="808080"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Figura 1 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...13 lines deleted...]
-        <w:t>(BOOK ANTIGUA 12, NEGRITA, JUSTIFICADO, INTERLINEADO SENCILLO)</w:t>
+          <w:color w:val="808080"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>(Book Antigua 10, negrita, alineado a la izquierda)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69BBBDE9" w14:textId="77777777" w:rsidR="00AE75BF" w:rsidRPr="008130A7" w:rsidRDefault="00AE75BF" w:rsidP="00C82DB3">
-[...379 lines deleted...]
-    <w:p w14:paraId="7D37AAED" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="008130A7" w:rsidRDefault="008130A7" w:rsidP="008130A7">
+    <w:p w14:paraId="77B3AB54" w14:textId="209F7C87" w:rsidR="008130A7" w:rsidRPr="00B5597D" w:rsidRDefault="008130A7" w:rsidP="00171CA2">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-          <w:color w:val="808080"/>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...68 lines deleted...]
-          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:bCs/>
           <w:i/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:spacing w:val="-2"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Título de la figura </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:b/>
+          <w:color w:val="808080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:bCs/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:i/>
-          <w:spacing w:val="-2"/>
+          <w:color w:val="808080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:b/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Book Antigua</w:t>
+      </w:r>
+      <w:r w:rsidR="005F498F" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:i/>
           <w:color w:val="808080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00A31706">
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:i/>
           <w:color w:val="808080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00A31706">
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>, cursiva, alineado a la izquierda</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:b/>
           <w:color w:val="808080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A31706">
-[...7 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="708952A4" w14:textId="77777777" w:rsidR="008130A7" w:rsidRDefault="0076315A" w:rsidP="008130A7">
+    <w:p w14:paraId="42C0A5C2" w14:textId="53D7FB61" w:rsidR="008130A7" w:rsidRPr="00B5597D" w:rsidRDefault="00600C6A" w:rsidP="00FD54B1">
       <w:pPr>
         <w:pStyle w:val="Sangradetextonormal"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-ES"/>
-[...4 lines deleted...]
-          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7D4420F8" wp14:editId="39B1C0B5">
-[...6 lines deleted...]
-            </wp:positionV>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7D4420F8" wp14:editId="5CB9EECD">
             <wp:extent cx="3174365" cy="2380615"/>
-            <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:wrapSquare wrapText="bothSides"/>
+            <wp:effectExtent l="0" t="0" r="6985" b="635"/>
             <wp:docPr id="5" name="il_fi"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="il_fi"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId13" r:link="rId14" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3174365" cy="2380615"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
-            <wp14:sizeRelH relativeFrom="page">
-[...5 lines deleted...]
-          </wp:anchor>
+          </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F346280" w14:textId="77777777" w:rsidR="00376617" w:rsidRDefault="00376617" w:rsidP="008130A7">
-[...220 lines deleted...]
-    <w:p w14:paraId="576D7597" w14:textId="77777777" w:rsidR="007610AB" w:rsidRPr="008130A7" w:rsidRDefault="00682F4E" w:rsidP="008130A7">
+    <w:p w14:paraId="576D7597" w14:textId="77777777" w:rsidR="007610AB" w:rsidRPr="00B5597D" w:rsidRDefault="00682F4E" w:rsidP="00FD54B1">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
           <w:color w:val="808080"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="008130A7">
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="808080"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>(IMAGEN CENTRADA)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D44F481" w14:textId="77777777" w:rsidR="00457664" w:rsidRPr="00410A09" w:rsidRDefault="00457664" w:rsidP="00760158">
+    <w:p w14:paraId="1D44F481" w14:textId="77777777" w:rsidR="00457664" w:rsidRPr="00B5597D" w:rsidRDefault="00457664" w:rsidP="00FD54B1">
       <w:pPr>
         <w:pStyle w:val="Sangradetextonormal"/>
-        <w:spacing w:after="200"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:color w:val="808080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-ES"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00410A09">
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-        <w:lastRenderedPageBreak/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
         <w:t>Fuente</w:t>
       </w:r>
-      <w:r w:rsidR="00682F4E" w:rsidRPr="00410A09">
+      <w:r w:rsidR="00682F4E" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00410A09">
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00410A09">
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:b/>
           <w:color w:val="808080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>(Book Antigua 1</w:t>
       </w:r>
-      <w:r w:rsidR="008130A7" w:rsidRPr="00410A09">
+      <w:r w:rsidR="008130A7" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:b/>
           <w:color w:val="808080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-ES"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
-      <w:r w:rsidRPr="00410A09">
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:b/>
           <w:color w:val="808080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">, negrita, </w:t>
       </w:r>
-      <w:r w:rsidR="0031276A">
+      <w:r w:rsidR="0031276A" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:b/>
           <w:color w:val="808080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-ES"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>justificado</w:t>
       </w:r>
-      <w:r w:rsidRPr="00410A09">
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:b/>
           <w:color w:val="808080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00410A09">
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F2589C" w:rsidRPr="00410A09">
+      <w:r w:rsidR="00F2589C" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Texto, texto, texto</w:t>
       </w:r>
-      <w:r w:rsidRPr="00410A09">
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00410A09">
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:color w:val="808080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>(Book Antigua 1</w:t>
       </w:r>
-      <w:r w:rsidR="008130A7" w:rsidRPr="00410A09">
+      <w:r w:rsidR="008130A7" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:color w:val="808080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-ES"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
-      <w:r w:rsidRPr="00410A09">
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:color w:val="808080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00760158" w:rsidRPr="00410A09">
+      <w:r w:rsidR="00760158" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:color w:val="808080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-ES"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>justificado</w:t>
       </w:r>
-      <w:r w:rsidRPr="00410A09">
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:color w:val="808080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7964B9BF" w14:textId="77777777" w:rsidR="00471C40" w:rsidRPr="00471C40" w:rsidRDefault="00471C40" w:rsidP="00471C40">
+    <w:p w14:paraId="7964B9BF" w14:textId="4BD12EE9" w:rsidR="00471C40" w:rsidRPr="00B5597D" w:rsidRDefault="00471C40" w:rsidP="00171CA2">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="808080"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00471C40">
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="808080"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>ESPACIO EN BLANCO</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2836E021" w14:textId="77777777" w:rsidR="00376617" w:rsidRPr="008130A7" w:rsidRDefault="00376617" w:rsidP="00376617">
+    <w:p w14:paraId="082995AE" w14:textId="77777777" w:rsidR="005F498F" w:rsidRPr="00B5597D" w:rsidRDefault="005F498F" w:rsidP="00171CA2">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:b/>
           <w:color w:val="808080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-ES_tradnl"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Tabla 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:b/>
+          <w:color w:val="808080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...30 lines deleted...]
-        <w:t>, negrita, alineado a la izquierda)</w:t>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>(Book Antigua 10, negrita, alineado a la izquierda)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C4122AF" w14:textId="77777777" w:rsidR="00376617" w:rsidRPr="00A31706" w:rsidRDefault="00376617" w:rsidP="00376617">
+    <w:p w14:paraId="129C00E6" w14:textId="473BA15C" w:rsidR="005F498F" w:rsidRPr="00B5597D" w:rsidRDefault="005F498F" w:rsidP="00171CA2">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:bCs/>
           <w:i/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A31706">
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Título tabla</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:bCs/>
           <w:i/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:color w:val="808080"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:i/>
+          <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Book Antigua</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
           <w:i/>
-          <w:color w:val="808080"/>
+          <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:color w:val="808080"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:i/>
+          <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>, cursiva, alineado a la izquierda)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="4403" w:type="pct"/>
+        <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1493"/>
+        <w:gridCol w:w="2763"/>
+        <w:gridCol w:w="1749"/>
+        <w:gridCol w:w="2185"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="005F498F" w:rsidRPr="00B5597D" w14:paraId="1EB27062" w14:textId="77777777" w:rsidTr="000760F3">
+        <w:trPr>
+          <w:trHeight w:val="328"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="911" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="05DB3EF7" w14:textId="77777777" w:rsidR="005F498F" w:rsidRPr="00B5597D" w:rsidRDefault="005F498F" w:rsidP="00FD54B1">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B5597D">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Grado</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1687" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="470B412D" w14:textId="77777777" w:rsidR="005F498F" w:rsidRPr="00B5597D" w:rsidRDefault="005F498F" w:rsidP="00FD54B1">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B5597D">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Embarazadas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1068" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="15D04513" w14:textId="77777777" w:rsidR="005F498F" w:rsidRPr="00B5597D" w:rsidRDefault="005F498F" w:rsidP="00FD54B1">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B5597D">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Abortos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1334" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="71F6A8B1" w14:textId="77777777" w:rsidR="005F498F" w:rsidRPr="00B5597D" w:rsidRDefault="005F498F" w:rsidP="00FD54B1">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B5597D">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>No embarazadas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F498F" w:rsidRPr="00B5597D" w14:paraId="6FEB44FB" w14:textId="77777777" w:rsidTr="000760F3">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E8E3099" w14:textId="1EDA1FFD" w:rsidR="005F498F" w:rsidRPr="00B5597D" w:rsidRDefault="005F498F" w:rsidP="00FD54B1">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B5597D">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Sector Norte de Bogotá</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F498F" w:rsidRPr="00B5597D" w14:paraId="01D33243" w14:textId="77777777" w:rsidTr="000760F3">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="911" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FC24480" w14:textId="77777777" w:rsidR="005F498F" w:rsidRPr="00B5597D" w:rsidRDefault="005F498F" w:rsidP="00FD54B1">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B5597D">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1687" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="4ACAAAF5" w14:textId="77777777" w:rsidR="005F498F" w:rsidRPr="00B5597D" w:rsidRDefault="005F498F" w:rsidP="00FD54B1">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B5597D">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1068" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C0D4548" w14:textId="77777777" w:rsidR="005F498F" w:rsidRPr="00B5597D" w:rsidRDefault="005F498F" w:rsidP="00FD54B1">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B5597D">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1334" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0427B18D" w14:textId="77777777" w:rsidR="005F498F" w:rsidRPr="00B5597D" w:rsidRDefault="005F498F" w:rsidP="00FD54B1">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B5597D">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F498F" w:rsidRPr="00B5597D" w14:paraId="33F45A7A" w14:textId="77777777" w:rsidTr="000760F3">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="911" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E3BE51F" w14:textId="77777777" w:rsidR="005F498F" w:rsidRPr="00B5597D" w:rsidRDefault="005F498F" w:rsidP="00FD54B1">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B5597D">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1687" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AD19341" w14:textId="77777777" w:rsidR="005F498F" w:rsidRPr="00B5597D" w:rsidRDefault="005F498F" w:rsidP="00FD54B1">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B5597D">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1068" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="550B0FE9" w14:textId="77777777" w:rsidR="005F498F" w:rsidRPr="00B5597D" w:rsidRDefault="005F498F" w:rsidP="00FD54B1">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B5597D">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1334" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="246E3BAE" w14:textId="77777777" w:rsidR="005F498F" w:rsidRPr="00B5597D" w:rsidRDefault="005F498F" w:rsidP="00FD54B1">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B5597D">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F498F" w:rsidRPr="00B5597D" w14:paraId="57A41BF3" w14:textId="77777777" w:rsidTr="000760F3">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="911" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="403FD31C" w14:textId="77777777" w:rsidR="005F498F" w:rsidRPr="00B5597D" w:rsidRDefault="005F498F" w:rsidP="00FD54B1">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B5597D">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1687" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B92BC60" w14:textId="77777777" w:rsidR="005F498F" w:rsidRPr="00B5597D" w:rsidRDefault="005F498F" w:rsidP="00FD54B1">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B5597D">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1068" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="77519B98" w14:textId="77777777" w:rsidR="005F498F" w:rsidRPr="00B5597D" w:rsidRDefault="005F498F" w:rsidP="00FD54B1">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B5597D">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1334" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="10CB05A4" w14:textId="77777777" w:rsidR="005F498F" w:rsidRPr="00B5597D" w:rsidRDefault="005F498F" w:rsidP="00FD54B1">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B5597D">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F498F" w:rsidRPr="00B5597D" w14:paraId="1E3A191A" w14:textId="77777777" w:rsidTr="000760F3">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="911" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DD11C08" w14:textId="77777777" w:rsidR="005F498F" w:rsidRPr="00B5597D" w:rsidRDefault="005F498F" w:rsidP="00FD54B1">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B5597D">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Total</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1687" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A2D482E" w14:textId="77777777" w:rsidR="005F498F" w:rsidRPr="00B5597D" w:rsidRDefault="005F498F" w:rsidP="00FD54B1">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B5597D">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1068" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6636EE6A" w14:textId="77777777" w:rsidR="005F498F" w:rsidRPr="00B5597D" w:rsidRDefault="005F498F" w:rsidP="00FD54B1">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B5597D">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1334" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="64655350" w14:textId="77777777" w:rsidR="005F498F" w:rsidRPr="00B5597D" w:rsidRDefault="005F498F" w:rsidP="00FD54B1">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B5597D">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>81</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F498F" w:rsidRPr="00B5597D" w14:paraId="3201988F" w14:textId="77777777" w:rsidTr="000760F3">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="35E1C9A5" w14:textId="3109E46F" w:rsidR="005F498F" w:rsidRPr="00B5597D" w:rsidRDefault="005F498F" w:rsidP="00FD54B1">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B5597D">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Sector Sur de Bogotá</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F498F" w:rsidRPr="00B5597D" w14:paraId="1F38F5BE" w14:textId="77777777" w:rsidTr="000760F3">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="911" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="024662B8" w14:textId="77777777" w:rsidR="005F498F" w:rsidRPr="00B5597D" w:rsidRDefault="005F498F" w:rsidP="00FD54B1">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B5597D">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1687" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6145EC3B" w14:textId="77777777" w:rsidR="005F498F" w:rsidRPr="00B5597D" w:rsidRDefault="005F498F" w:rsidP="00FD54B1">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B5597D">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1068" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="528486E6" w14:textId="77777777" w:rsidR="005F498F" w:rsidRPr="00B5597D" w:rsidRDefault="005F498F" w:rsidP="00FD54B1">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B5597D">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1334" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="413812E0" w14:textId="77777777" w:rsidR="005F498F" w:rsidRPr="00B5597D" w:rsidRDefault="005F498F" w:rsidP="00FD54B1">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B5597D">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F498F" w:rsidRPr="00B5597D" w14:paraId="365C1124" w14:textId="77777777" w:rsidTr="000760F3">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="911" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="67382FBF" w14:textId="77777777" w:rsidR="005F498F" w:rsidRPr="00B5597D" w:rsidRDefault="005F498F" w:rsidP="00FD54B1">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B5597D">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1687" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="718C954A" w14:textId="77777777" w:rsidR="005F498F" w:rsidRPr="00B5597D" w:rsidRDefault="005F498F" w:rsidP="00FD54B1">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B5597D">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1068" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="39482F18" w14:textId="77777777" w:rsidR="005F498F" w:rsidRPr="00B5597D" w:rsidRDefault="005F498F" w:rsidP="00FD54B1">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B5597D">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1334" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="21438543" w14:textId="77777777" w:rsidR="005F498F" w:rsidRPr="00B5597D" w:rsidRDefault="005F498F" w:rsidP="00FD54B1">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B5597D">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F498F" w:rsidRPr="00B5597D" w14:paraId="32EA2277" w14:textId="77777777" w:rsidTr="000760F3">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="911" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="050A5598" w14:textId="77777777" w:rsidR="005F498F" w:rsidRPr="00B5597D" w:rsidRDefault="005F498F" w:rsidP="00FD54B1">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B5597D">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1687" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="78824E94" w14:textId="77777777" w:rsidR="005F498F" w:rsidRPr="00B5597D" w:rsidRDefault="005F498F" w:rsidP="00FD54B1">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B5597D">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1068" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A0D83F8" w14:textId="77777777" w:rsidR="005F498F" w:rsidRPr="00B5597D" w:rsidRDefault="005F498F" w:rsidP="00FD54B1">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B5597D">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1334" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="338C92D7" w14:textId="77777777" w:rsidR="005F498F" w:rsidRPr="00B5597D" w:rsidRDefault="005F498F" w:rsidP="00FD54B1">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B5597D">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F498F" w:rsidRPr="00B5597D" w14:paraId="77DA48E7" w14:textId="77777777" w:rsidTr="000760F3">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="911" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B38F955" w14:textId="77777777" w:rsidR="005F498F" w:rsidRPr="00B5597D" w:rsidRDefault="005F498F" w:rsidP="00FD54B1">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B5597D">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Total</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1687" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="33C2245F" w14:textId="77777777" w:rsidR="005F498F" w:rsidRPr="00B5597D" w:rsidRDefault="005F498F" w:rsidP="00FD54B1">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B5597D">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1068" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="39FA18F8" w14:textId="77777777" w:rsidR="005F498F" w:rsidRPr="00B5597D" w:rsidRDefault="005F498F" w:rsidP="00FD54B1">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B5597D">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1334" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A9CAE5F" w14:textId="77777777" w:rsidR="005F498F" w:rsidRPr="00B5597D" w:rsidRDefault="005F498F" w:rsidP="00FD54B1">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B5597D">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>52</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="0C2BB052" w14:textId="5EB5FE3C" w:rsidR="005F498F" w:rsidRPr="00B5597D" w:rsidRDefault="005F498F" w:rsidP="00AA4614">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
+          <w:iCs/>
           <w:color w:val="808080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Fuente</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:b/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>(Book Antigua 10, negrita, justificado)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Autoría </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>de la Fuente</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
+      <w:r w:rsidR="00474A44" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00474A44" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>(Book Antigua 10, justificado</w:t>
+      </w:r>
+      <w:r w:rsidR="00474A44" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>interlineado sencillo)</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="49DC8577" w14:textId="77777777" w:rsidR="00020F9D" w:rsidRDefault="0076315A" w:rsidP="008130A7">
-[...1 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="0317EA92" w14:textId="221EBFD1" w:rsidR="005F498F" w:rsidRPr="00B5597D" w:rsidRDefault="005F498F" w:rsidP="00171CA2">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>El diseño de las tablas debe incluir todos los bordes, debe estar claramente definida cada columna y fila</w:t>
+      </w:r>
+      <w:r w:rsidR="00D25ADE" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD1AAB" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Evitar el uso de sombreados en las celdas de las tablas </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD1AAB" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>a menos que sea para destacar información crucial</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD1AAB" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>. En caso de ser estrictamente necesario, usar</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD1AAB" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> colores suaves y consistentes</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD1AAB" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> para el sombreado.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D7100F9" w14:textId="10B16F00" w:rsidR="00600C6A" w:rsidRPr="00B5597D" w:rsidRDefault="00600C6A" w:rsidP="00BD1AAB">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">texto normal, texto normal, texto normal... </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>(Book Antigua 12, justificado, interlineado sencillo)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2836E021" w14:textId="77777777" w:rsidR="00376617" w:rsidRPr="00B5597D" w:rsidRDefault="00376617" w:rsidP="00171CA2">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:b/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Figura 2 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:b/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>(Book Antigua 10, negrita, alineado a la izquierda)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C4122AF" w14:textId="77360375" w:rsidR="00376617" w:rsidRPr="00B5597D" w:rsidRDefault="00376617" w:rsidP="00171CA2">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Título de la figura </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:b/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:i/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Book Antigua</w:t>
+      </w:r>
+      <w:r w:rsidR="005F498F" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:i/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:i/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>, cursiva, alineado a la izquierda</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:b/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49DC8577" w14:textId="77777777" w:rsidR="00020F9D" w:rsidRPr="00B5597D" w:rsidRDefault="0076315A" w:rsidP="00BD1AAB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:noProof/>
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="733AA7E8" wp14:editId="2C486C6A">
             <wp:extent cx="3564890" cy="1701800"/>
             <wp:effectExtent l="0" t="0" r="16510" b="12700"/>
             <wp:docPr id="3" name="Gráfico 2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
                 <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId15"/>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BF903AB" w14:textId="77777777" w:rsidR="00615F3E" w:rsidRPr="00615F3E" w:rsidRDefault="00615F3E" w:rsidP="00615F3E">
+    <w:p w14:paraId="2BF903AB" w14:textId="77777777" w:rsidR="00615F3E" w:rsidRPr="00B5597D" w:rsidRDefault="00615F3E" w:rsidP="00BD1AAB">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
           <w:color w:val="808080"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="008130A7">
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="808080"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>(IMAGEN CENTRADA)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B0E7E02" w14:textId="77777777" w:rsidR="00376617" w:rsidRPr="00410A09" w:rsidRDefault="00682F4E" w:rsidP="00376617">
+    <w:p w14:paraId="0B0E7E02" w14:textId="2E60EA31" w:rsidR="00376617" w:rsidRPr="00B5597D" w:rsidRDefault="00682F4E" w:rsidP="00BD1AAB">
       <w:pPr>
         <w:pStyle w:val="Sangradetextonormal"/>
-        <w:spacing w:after="200"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:color w:val="808080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-ES"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="-2"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00376617" w:rsidRPr="00410A09">
+      <w:r w:rsidR="00376617" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00376617" w:rsidRPr="00410A09">
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Fuente</w:t>
+      </w:r>
+      <w:r w:rsidR="00124252" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:b/>
           <w:color w:val="808080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00376617" w:rsidRPr="00410A09">
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>(Book Antigua 10, negrita, justificado)</w:t>
+      </w:r>
+      <w:r w:rsidR="00376617" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:b/>
-          <w:color w:val="808080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-ES"/>
-[...34 lines deleted...]
-      <w:r w:rsidR="00376617" w:rsidRPr="00410A09">
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00376617" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00376617" w:rsidRPr="00410A09">
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Texto, texto, texto </w:t>
+      </w:r>
+      <w:r w:rsidR="00376617" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:color w:val="808080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00376617" w:rsidRPr="00410A09">
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Book Antigua 10, </w:t>
+      </w:r>
+      <w:r w:rsidR="00760158" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:color w:val="808080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-ES"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00376617" w:rsidRPr="00410A09">
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>justificado</w:t>
+      </w:r>
+      <w:r w:rsidR="00376617" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:color w:val="808080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...17 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4604BFC2" w14:textId="77777777" w:rsidR="00EE3438" w:rsidRPr="00471C40" w:rsidRDefault="00EE3438" w:rsidP="00EE3438">
+    <w:p w14:paraId="4604BFC2" w14:textId="77777777" w:rsidR="00EE3438" w:rsidRPr="00B5597D" w:rsidRDefault="00EE3438" w:rsidP="00171CA2">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="808080"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00471C40">
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="808080"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>ESPACIO EN BLANCO</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F3D55AF" w14:textId="77777777" w:rsidR="00457664" w:rsidRPr="00D81D5E" w:rsidRDefault="00FF14EE" w:rsidP="00C82DB3">
+    <w:p w14:paraId="531AEF47" w14:textId="345B16B0" w:rsidR="002948C5" w:rsidRPr="00B5597D" w:rsidRDefault="00457664" w:rsidP="00171CA2">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo3"/>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rStyle w:val="Ttulo3Car"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Título de 2º nivel</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:color w:val="808080"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00020F9D" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:color w:val="808080"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Book Antigua 12, negrita, justificado interlineado sencillo)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F0CFD1B" w14:textId="2582396D" w:rsidR="00457664" w:rsidRPr="00B5597D" w:rsidRDefault="00020F9D" w:rsidP="00171CA2">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo4"/>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rStyle w:val="Ttulo4Car"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Título de tercer nivel y sucesivos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:color w:val="808080"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>(Book Antigua 12, negrita, sangría izquierda a 1,25 cm</w:t>
+      </w:r>
+      <w:r w:rsidR="007F267C" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:color w:val="808080"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B0512D" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:color w:val="808080"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>, justificado</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:color w:val="808080"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e interlineado sencillo)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2056C92E" w14:textId="77777777" w:rsidR="00457664" w:rsidRPr="00B5597D" w:rsidRDefault="00020F9D" w:rsidP="00171CA2">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
-        <w:spacing w:after="200"/>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:color w:val="808080"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal... </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:color w:val="808080"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>(Book Antigua 12, justificado, interlineado sencillo)</w:t>
+      </w:r>
+      <w:r w:rsidR="00457664" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:color w:val="808080"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C70B16B" w14:textId="77777777" w:rsidR="00E85AC5" w:rsidRPr="00B5597D" w:rsidRDefault="00E5670C" w:rsidP="00171CA2">
+      <w:pPr>
+        <w:pStyle w:val="Textoindependiente"/>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Texto normal, texto normal, texto normal, texto normal, texto normal, texto normal,</w:t>
+      </w:r>
+      <w:r w:rsidR="009E373D" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001F6055" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="009E373D" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>cita cita cita cita cita cita cita cita cita cita cita cita cita cita cita cita cita cita cita”</w:t>
+      </w:r>
+      <w:r w:rsidR="009E373D" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Autor, Año, p. XXX)</w:t>
+      </w:r>
+      <w:r w:rsidR="009E373D" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Texto normal, texto normal, texto normal, texto nor</w:t>
+      </w:r>
+      <w:r w:rsidR="003C5467" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>mal, texto normal, texto normal</w:t>
+      </w:r>
+      <w:r w:rsidR="009E373D" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A532931" w14:textId="77777777" w:rsidR="00532D9D" w:rsidRPr="00B5597D" w:rsidRDefault="00532D9D" w:rsidP="00171CA2">
+      <w:pPr>
+        <w:pStyle w:val="Textoindependiente"/>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:color w:val="808080"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:b/>
           <w:color w:val="808080"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cita </w:t>
+      </w:r>
+      <w:r w:rsidR="00E5670C" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:b/>
-          <w:lang w:val="es-ES_tradnl"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00457664">
+          <w:color w:val="808080"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>directa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:b/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00457664" w:rsidRPr="00D81D5E">
+          <w:color w:val="808080"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en el texto normal de más de </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE4829" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:b/>
           <w:color w:val="808080"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00020F9D" w:rsidRPr="00D81D5E">
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>40</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:b/>
           <w:color w:val="808080"/>
-        </w:rPr>
-        <w:t>Book Antigua 12, negrita, justificado interlineado sencillo)</w:t>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> palabras.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:color w:val="808080"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003C5467" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:color w:val="808080"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:color w:val="808080"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:color w:val="808080"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>escribe el texto en bloque, sin comillas, en una línea aparte, con sangría izquierda de 1,25 cm</w:t>
+      </w:r>
+      <w:r w:rsidR="003C5467" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:color w:val="808080"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F0CFD1B" w14:textId="77777777" w:rsidR="00457664" w:rsidRPr="00D81D5E" w:rsidRDefault="00FF14EE" w:rsidP="00C82DB3">
-[...677 lines deleted...]
-    <w:p w14:paraId="7360160A" w14:textId="77777777" w:rsidR="00A44630" w:rsidRPr="00A44630" w:rsidRDefault="00A44630" w:rsidP="00C82DB3">
+    <w:p w14:paraId="7360160A" w14:textId="77777777" w:rsidR="00A44630" w:rsidRPr="00B5597D" w:rsidRDefault="00A44630" w:rsidP="00171CA2">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A44630">
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal… </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="483A6449" w14:textId="77777777" w:rsidR="00A44630" w:rsidRPr="00D81D5E" w:rsidRDefault="00A44630" w:rsidP="00C82DB3">
+    <w:p w14:paraId="483A6449" w14:textId="2E843F78" w:rsidR="00A44630" w:rsidRPr="00B5597D" w:rsidRDefault="00A44630" w:rsidP="00171CA2">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:bCs/>
-          <w:color w:val="808080"/>
-[...20 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Texto de cita, texto de cita, texto de cita, texto de cita, texto de cita, texto de cita, texto de cita, texto de cita, texto de cita, texto de cita, texto de cita, texto de cita, texto de cita</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD1AAB" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> […]</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD1AAB" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>, texto de cita, texto de cita, texto de cita, texto de cita, texto de cita, texto de cita</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>. (Autor</w:t>
+      </w:r>
+      <w:r w:rsidR="001F6055" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001F6055" w:rsidRPr="003C5467">
+      <w:r w:rsidR="001F6055" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:bCs/>
           <w:i/>
-          <w:color w:val="808080"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>et al.</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C5467">
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:bCs/>
           <w:i/>
-          <w:color w:val="808080"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D81D5E">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> Año, p. XXX</w:t>
       </w:r>
-      <w:r w:rsidR="001F6055" w:rsidRPr="00D81D5E">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="001F6055" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>-YYY</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D81D5E">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="032618AB" w14:textId="77777777" w:rsidR="00457664" w:rsidRPr="00D81D5E" w:rsidRDefault="009F29BE" w:rsidP="00C82DB3">
-[...1 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="2F1F9057" w14:textId="77777777" w:rsidR="00BD1AAB" w:rsidRPr="00B5597D" w:rsidRDefault="00BD1AAB" w:rsidP="00171CA2">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="708"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55CD1464" w14:textId="5C9975CA" w:rsidR="002948C5" w:rsidRPr="00B5597D" w:rsidRDefault="002948C5" w:rsidP="00171CA2">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo2"/>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">CONCLUSIONES </w:t>
+      </w:r>
+      <w:r w:rsidR="00B433C4" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:color w:val="808080"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>(Book Antigua 12, negrita, justificado interlineado sencillo)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:color w:val="808080"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B516A92" w14:textId="77777777" w:rsidR="0001634B" w:rsidRPr="00B5597D" w:rsidRDefault="0001634B" w:rsidP="00171CA2">
+      <w:pPr>
+        <w:pStyle w:val="Textoindependiente"/>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:color w:val="808080"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal... </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:color w:val="808080"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>(Book Antigua 12, justificado, interlineado sencillo)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:color w:val="808080"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E6739AF" w14:textId="77777777" w:rsidR="0001634B" w:rsidRPr="00B5597D" w:rsidRDefault="0001634B" w:rsidP="00171CA2">
+      <w:pPr>
+        <w:pStyle w:val="Textoindependiente"/>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:color w:val="808080"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal... </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:color w:val="808080"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>(Book Antigua 12, justificado, interlineado sencillo)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:color w:val="808080"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="032618AB" w14:textId="0E2D4D08" w:rsidR="00457664" w:rsidRPr="00B5597D" w:rsidRDefault="00457664" w:rsidP="00171CA2">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo2"/>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>REFERENCIAS</w:t>
+      </w:r>
+      <w:r w:rsidR="00B0512D" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B0512D" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:color w:val="808080"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>(BOOK ANTIGUA 12, NEGRITA, JUSTIFICADO, INTERLINEADO SENCILLO)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="678D0AEC" w14:textId="77777777" w:rsidR="00E5670C" w:rsidRPr="00B5597D" w:rsidRDefault="00E5670C" w:rsidP="00171CA2">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:b/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="808080"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...46 lines deleted...]
-        <w:t>(BOOK ANTIGUA 12, NEGRITA, JUSTIFICADO, INTERLINEADO SENCILLO)</w:t>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Todas las referencias en Sangría Francesa.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="678D0AEC" w14:textId="77777777" w:rsidR="00E5670C" w:rsidRPr="00D81D5E" w:rsidRDefault="00E5670C" w:rsidP="00C82DB3">
-[...26 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="28E8DF6C" w14:textId="7EE76694" w:rsidR="00E5670C" w:rsidRPr="00B5597D" w:rsidRDefault="00E5670C" w:rsidP="00171CA2">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E5670C">
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Ejemplo de LIBROS:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E5670C">
-[...26 lines deleted...]
-        <w:t xml:space="preserve">, y el último por “y”) </w:t>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (autores separados por </w:t>
+      </w:r>
+      <w:r w:rsidR="000F2D10" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>.,</w:t>
+      </w:r>
+      <w:r w:rsidR="000F2D10" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y el último por “y”) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08CFFAFE" w14:textId="77777777" w:rsidR="00E5670C" w:rsidRPr="00E5670C" w:rsidRDefault="00E5670C" w:rsidP="00E5670C">
-[...1 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="08CFFAFE" w14:textId="77777777" w:rsidR="00E5670C" w:rsidRPr="00B5597D" w:rsidRDefault="00E5670C" w:rsidP="00171CA2">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E5670C">
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Apellidos, A. A., Apellidos, B. B. y Apellidos, C. C. (Año). </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E5670C">
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Título del libro siempre en cursiva</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E5670C">
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>. Editorial.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DDCA410" w14:textId="77777777" w:rsidR="00E5670C" w:rsidRPr="00E5670C" w:rsidRDefault="00E5670C" w:rsidP="00E5670C">
-[...1 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="2DDCA410" w14:textId="77777777" w:rsidR="00E5670C" w:rsidRPr="00B5597D" w:rsidRDefault="00E5670C" w:rsidP="00171CA2">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E5670C">
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Apellidos, D. D. (Año). </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E5670C">
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Título del libro siempre en cursiva</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E5670C">
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>. Editorial</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E5670C">
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="048EBFB9" w14:textId="77777777" w:rsidR="00E5670C" w:rsidRPr="00E5670C" w:rsidRDefault="00E5670C" w:rsidP="00E5670C">
-[...1 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="048EBFB9" w14:textId="77777777" w:rsidR="00E5670C" w:rsidRPr="00B5597D" w:rsidRDefault="00E5670C" w:rsidP="00171CA2">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E5670C">
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Ejemplo de CAPÍTULO DE LIBRO:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E5670C">
-[...26 lines deleted...]
-        <w:t xml:space="preserve">, y el último por “y”) </w:t>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (autores separados por ., y el último por “y”) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="735DE1BD" w14:textId="77777777" w:rsidR="00E5670C" w:rsidRPr="00E5670C" w:rsidRDefault="00E5670C" w:rsidP="00E5670C">
-[...1 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="735DE1BD" w14:textId="77777777" w:rsidR="00E5670C" w:rsidRPr="00B5597D" w:rsidRDefault="00E5670C" w:rsidP="00171CA2">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E5670C">
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Apellido, N. y Apellido, N. (Año). Título del capítulo. En: N. Apellido autor libro (Eds.), </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E5670C">
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">título del libro en cursiva </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E5670C">
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>(páginas del capítulo). Editorial.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73A9FF13" w14:textId="77777777" w:rsidR="00E5670C" w:rsidRPr="00E5670C" w:rsidRDefault="00E5670C" w:rsidP="00E5670C">
-[...1 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="73A9FF13" w14:textId="77777777" w:rsidR="00E5670C" w:rsidRPr="00B5597D" w:rsidRDefault="00E5670C" w:rsidP="00171CA2">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E5670C">
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Ejemplo de TESIS:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E5670C">
-[...26 lines deleted...]
-        <w:t>, y el último por “y")</w:t>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (autores separados por ., y el último por “y")</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BAB8000" w14:textId="77777777" w:rsidR="00E5670C" w:rsidRPr="00E5670C" w:rsidRDefault="00E5670C" w:rsidP="00E5670C">
-[...1 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="5BAB8000" w14:textId="77777777" w:rsidR="00E5670C" w:rsidRPr="00B5597D" w:rsidRDefault="00E5670C" w:rsidP="00171CA2">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E5670C">
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Apellidos, A. A. (Año). </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E5670C">
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Título</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E5670C">
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>. (Tesis inédita de maestría o doctorado). Nombre de la institución, Localización.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D5A62D4" w14:textId="77777777" w:rsidR="00E5670C" w:rsidRPr="00E5670C" w:rsidRDefault="00E5670C" w:rsidP="00E5670C">
-[...1 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="5D5A62D4" w14:textId="77777777" w:rsidR="00E5670C" w:rsidRPr="00B5597D" w:rsidRDefault="00E5670C" w:rsidP="00171CA2">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E5670C">
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Ejemplo de REVISTAS:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E5670C">
-[...28 lines deleted...]
-      <w:r w:rsidRPr="00E5670C">
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (autores separados por ., y el último por “y”) Apellidos, A. A., Apellidos, B. B. y Apellidos, C. C. (Fecha). Título del artículo, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Título de la publicación, volumen</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E5670C">
-[...28 lines deleted...]
-      <w:r w:rsidR="00C03B9A">
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>(número), pp-pp</w:t>
+      </w:r>
+      <w:r w:rsidR="00C03B9A" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E5670C">
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId16" w:history="1">
-        <w:r w:rsidRPr="00E5670C">
+        <w:r w:rsidRPr="00B5597D">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="es-ES_tradnl"/>
           </w:rPr>
           <w:t>https://doi.org/10.xxxxxx</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00E5670C">
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F8E4F41" w14:textId="77777777" w:rsidR="00E5670C" w:rsidRPr="00E5670C" w:rsidRDefault="00E5670C" w:rsidP="00E5670C">
-[...1 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="6F8E4F41" w14:textId="77777777" w:rsidR="00E5670C" w:rsidRPr="00B5597D" w:rsidRDefault="00E5670C" w:rsidP="00171CA2">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E5670C">
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Ejemplo de PÁGINAS WEB:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E5670C">
-[...28 lines deleted...]
-      <w:r w:rsidRPr="00E5670C">
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (autores separados por ., y el último por “y”) Apellidos, B. B., Apellidos, C. C. y Apellidos, D. D. (Año). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Título</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E5670C">
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:hyperlink r:id="rId17" w:history="1">
-        <w:r w:rsidRPr="00E5670C">
+        <w:r w:rsidRPr="00B5597D">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="es-ES_tradnl"/>
           </w:rPr>
           <w:t>www.xxxxxx.xxx</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00E5670C">
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41837490" w14:textId="77777777" w:rsidR="00E5670C" w:rsidRDefault="00E5670C" w:rsidP="00C82DB3">
-      <w:pPr>
+    <w:p w14:paraId="41837490" w14:textId="77777777" w:rsidR="00E5670C" w:rsidRPr="00B5597D" w:rsidRDefault="00E5670C" w:rsidP="00171CA2">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6B1B8D34" w14:textId="77777777" w:rsidR="00803875" w:rsidRDefault="00803875" w:rsidP="00C82DB3">
-      <w:pPr>
+    <w:p w14:paraId="2C1BDF04" w14:textId="77777777" w:rsidR="00301137" w:rsidRPr="00B5597D" w:rsidRDefault="00301137" w:rsidP="00171CA2">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1B04FC61" w14:textId="77777777" w:rsidR="003F3428" w:rsidRDefault="003F3428" w:rsidP="00C82DB3">
-[...1 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="6B1B8D34" w14:textId="5BE53A93" w:rsidR="00301137" w:rsidRPr="00B5597D" w:rsidRDefault="00301137">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003F3428">
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B04FC61" w14:textId="073ACB13" w:rsidR="003F3428" w:rsidRPr="00B5597D" w:rsidRDefault="003F3428" w:rsidP="00171CA2">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>CONTRIBUCIONES DE AUTORES, FINANCIACIÓN Y AGRADECIMIENTOS</w:t>
       </w:r>
+      <w:r w:rsidR="000F2D10" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000F2D10" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:color w:val="808080"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>(BOOK ANTIGUA 12, NEGRITA, JUSTIFICADO, INTERLINEADO SENCILLO)</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="2952CBB6" w14:textId="77777777" w:rsidR="003C5467" w:rsidRDefault="003F3428" w:rsidP="00C82DB3">
-      <w:pPr>
+    <w:p w14:paraId="2952CBB6" w14:textId="77777777" w:rsidR="003C5467" w:rsidRPr="00B5597D" w:rsidRDefault="003F3428" w:rsidP="00171CA2">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="003F3428">
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Contribuciones de los autores</w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="685DE0FA" w14:textId="77777777" w:rsidR="003F3428" w:rsidRPr="00803875" w:rsidRDefault="003C5467" w:rsidP="00C82DB3">
-      <w:pPr>
+    <w:p w14:paraId="685DE0FA" w14:textId="2732D43D" w:rsidR="003F3428" w:rsidRPr="00B5597D" w:rsidRDefault="003C5467" w:rsidP="00171CA2">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003C5467">
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Conceptualización:</w:t>
       </w:r>
-      <w:r w:rsidR="003F3428" w:rsidRPr="003F3428">
+      <w:r w:rsidR="003F3428" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Apellido Apellido, N</w:t>
+      </w:r>
+      <w:r w:rsidR="003F3428" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>ombre</w:t>
+      </w:r>
+      <w:r w:rsidR="000F2D10" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="003F3428" w:rsidRPr="00E5670C">
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="003F3428" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00903339">
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00903339" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidR="00903339">
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Apellido Apellido, Nombre</w:t>
+      </w:r>
+      <w:r w:rsidR="003F3428" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidR="00903339">
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y </w:t>
+      </w:r>
+      <w:r w:rsidR="00903339" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...52 lines deleted...]
-      <w:r>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Apellido Apellido, Nombre</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C5467">
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Metodología:</w:t>
       </w:r>
-      <w:r w:rsidR="003F3428" w:rsidRPr="00E5670C">
+      <w:r w:rsidR="003F3428" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00903339">
+      <w:r w:rsidR="00903339" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...62 lines deleted...]
-      <w:r w:rsidR="00803875">
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Apellido Apellido, Nombre y Apellido Apellido, Nombre</w:t>
+      </w:r>
+      <w:r w:rsidR="00803875" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00903339">
+      <w:r w:rsidR="00903339" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00903339" w:rsidRPr="00903339">
+      <w:r w:rsidR="00903339" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="003F3428" w:rsidRPr="00903339">
+      <w:r w:rsidR="003F3428" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>oftware</w:t>
       </w:r>
-      <w:r w:rsidR="00803875">
+      <w:r w:rsidR="00803875" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00803875" w:rsidRPr="00803875">
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>: Apellido Apellido, Nombre.</w:t>
+      </w:r>
+      <w:r w:rsidR="00903339" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...32 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00903339" w:rsidRPr="00903339">
+      <w:r w:rsidR="00903339" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>V</w:t>
       </w:r>
-      <w:r w:rsidR="003F3428" w:rsidRPr="00903339">
+      <w:r w:rsidR="003F3428" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>alidación</w:t>
       </w:r>
-      <w:r w:rsidR="00803875">
+      <w:r w:rsidR="00803875" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="003F3428" w:rsidRPr="00E5670C">
+      <w:r w:rsidR="003F3428" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00903339">
+      <w:r w:rsidR="00903339" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...62 lines deleted...]
-      <w:r w:rsidR="00803875">
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Apellido Apellido, Nombre y Apellido Apellido, Nombre</w:t>
+      </w:r>
+      <w:r w:rsidR="00803875" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00903339">
+      <w:r w:rsidR="00903339" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00903339" w:rsidRPr="00903339">
+      <w:r w:rsidR="00903339" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidR="003F3428" w:rsidRPr="00903339">
+      <w:r w:rsidR="003F3428" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>nálisis formal</w:t>
       </w:r>
-      <w:r w:rsidR="00803875">
+      <w:r w:rsidR="00803875" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="003F3428" w:rsidRPr="00E5670C">
+      <w:r w:rsidR="003F3428" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00903339">
+      <w:r w:rsidR="00903339" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...62 lines deleted...]
-      <w:r w:rsidR="00803875">
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Apellido Apellido, Nombre y Apellido Apellido, Nombre</w:t>
+      </w:r>
+      <w:r w:rsidR="00803875" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="003F3428" w:rsidRPr="00E5670C">
+      <w:r w:rsidR="003F3428" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00903339" w:rsidRPr="00903339">
+      <w:r w:rsidR="00903339" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
-      <w:r w:rsidR="003F3428" w:rsidRPr="00903339">
+      <w:r w:rsidR="003F3428" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>uración de datos</w:t>
       </w:r>
-      <w:r w:rsidR="00803875">
+      <w:r w:rsidR="00803875" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="003F3428" w:rsidRPr="00E5670C">
+      <w:r w:rsidR="003F3428" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00903339">
+      <w:r w:rsidR="00903339" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...20 lines deleted...]
-      <w:r w:rsidR="00803875">
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Apellido Apellido, Nombre</w:t>
+      </w:r>
+      <w:r w:rsidR="00803875" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00903339">
+      <w:r w:rsidR="00903339" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00803875">
+      <w:r w:rsidR="00803875" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Redacción-</w:t>
       </w:r>
-      <w:r w:rsidR="00903339" w:rsidRPr="00903339">
+      <w:r w:rsidR="00903339" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidR="003F3428" w:rsidRPr="00903339">
+      <w:r w:rsidR="003F3428" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>reparación del borrador original</w:t>
       </w:r>
-      <w:r w:rsidR="00803875">
+      <w:r w:rsidR="00803875" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="003F3428" w:rsidRPr="00E5670C">
+      <w:r w:rsidR="003F3428" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00903339">
+      <w:r w:rsidR="00903339" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...20 lines deleted...]
-      <w:r w:rsidR="00803875">
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Apellido Apellido, Nombre</w:t>
+      </w:r>
+      <w:r w:rsidR="00803875" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="003F3428" w:rsidRPr="00E5670C">
+      <w:r w:rsidR="003F3428" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00280CB1" w:rsidRPr="00280CB1">
+      <w:r w:rsidR="00280CB1" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
-      <w:r w:rsidR="003F3428" w:rsidRPr="00280CB1">
+      <w:r w:rsidR="003F3428" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>edacción-</w:t>
       </w:r>
-      <w:r w:rsidR="00280CB1" w:rsidRPr="00280CB1">
+      <w:r w:rsidR="00280CB1" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
-      <w:r w:rsidR="003F3428" w:rsidRPr="00280CB1">
+      <w:r w:rsidR="003F3428" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">evisión y </w:t>
       </w:r>
-      <w:r w:rsidR="00280CB1" w:rsidRPr="00280CB1">
+      <w:r w:rsidR="00280CB1" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
-      <w:r w:rsidR="003F3428" w:rsidRPr="00280CB1">
+      <w:r w:rsidR="003F3428" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>dición</w:t>
       </w:r>
-      <w:r w:rsidR="00803875">
+      <w:r w:rsidR="00803875" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="003F3428" w:rsidRPr="00E5670C">
+      <w:r w:rsidR="003F3428" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00280CB1">
+      <w:r w:rsidR="00280CB1" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...20 lines deleted...]
-      <w:r w:rsidR="00803875">
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Apellido Apellido, Nombre</w:t>
+      </w:r>
+      <w:r w:rsidR="00803875" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="003F3428" w:rsidRPr="00E5670C">
+      <w:r w:rsidR="003F3428" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00280CB1" w:rsidRPr="00280CB1">
+      <w:r w:rsidR="00280CB1" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>V</w:t>
       </w:r>
-      <w:r w:rsidR="003F3428" w:rsidRPr="00280CB1">
+      <w:r w:rsidR="003F3428" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>isualización</w:t>
       </w:r>
-      <w:r w:rsidR="00803875">
+      <w:r w:rsidR="00803875" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="003F3428" w:rsidRPr="00E5670C">
+      <w:r w:rsidR="003F3428" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00280CB1">
+      <w:r w:rsidR="00280CB1" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidR="00280CB1">
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Apellido Apellido, Nombre</w:t>
+      </w:r>
+      <w:r w:rsidR="00803875" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...15 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00280CB1">
+      <w:r w:rsidR="00280CB1" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00280CB1" w:rsidRPr="00280CB1">
+      <w:r w:rsidR="00280CB1" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="003F3428" w:rsidRPr="00280CB1">
+      <w:r w:rsidR="003F3428" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>upervisión</w:t>
       </w:r>
-      <w:r w:rsidR="00803875">
+      <w:r w:rsidR="00803875" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="003F3428" w:rsidRPr="00E5670C">
+      <w:r w:rsidR="003F3428" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00280CB1">
+      <w:r w:rsidR="00280CB1" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidR="00280CB1">
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Apellido Apellido, Nombre</w:t>
+      </w:r>
+      <w:r w:rsidR="00803875" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...15 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="003F3428" w:rsidRPr="00E5670C">
+      <w:r w:rsidR="003F3428" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00280CB1" w:rsidRPr="00280CB1">
+      <w:r w:rsidR="00280CB1" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidR="003F3428" w:rsidRPr="00280CB1">
+      <w:r w:rsidR="003F3428" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>dministración de proyectos</w:t>
       </w:r>
-      <w:r w:rsidR="00803875">
+      <w:r w:rsidR="00803875" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="003F3428" w:rsidRPr="00E5670C">
+      <w:r w:rsidR="003F3428" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00280CB1">
+      <w:r w:rsidR="00280CB1" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidR="00280CB1">
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Apellido Apellido, Nombre</w:t>
+      </w:r>
+      <w:r w:rsidR="003F3428" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...15 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="003F3428" w:rsidRPr="00E5670C">
+      <w:r w:rsidR="003F3428" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003F3428" w:rsidRPr="00803875">
+      <w:r w:rsidR="003F3428" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Todos los autores han leído y aceptado la versión publicada del manuscrito</w:t>
       </w:r>
-      <w:r w:rsidR="00803875">
-[...8 lines deleted...]
-      <w:r w:rsidR="00803875" w:rsidRPr="00803875">
+      <w:r w:rsidR="000F2D10" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00803875">
+      <w:r w:rsidR="000F2D10" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...26 lines deleted...]
-        <w:t>.</w:t>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Apellido Apellido, Nombre; Apellido Apellido, Nombre y Apellido Apellido, Nombre</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="748CCB2E" w14:textId="77777777" w:rsidR="003F3428" w:rsidRDefault="003F3428" w:rsidP="00C82DB3">
-      <w:pPr>
+    <w:p w14:paraId="748CCB2E" w14:textId="77777777" w:rsidR="003F3428" w:rsidRPr="00B5597D" w:rsidRDefault="003F3428" w:rsidP="00171CA2">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="003F3428">
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Financiación:</w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003C5467">
+      <w:r w:rsidR="003C5467" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Esta investigación </w:t>
       </w:r>
-      <w:r w:rsidRPr="003F3428">
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>recibió</w:t>
       </w:r>
-      <w:r w:rsidR="003C5467">
+      <w:r w:rsidR="003C5467" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> o no</w:t>
       </w:r>
-      <w:r w:rsidRPr="003F3428">
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...8 lines deleted...]
-        <w:t>.</w:t>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> financiamiento externo.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="585BA749" w14:textId="77777777" w:rsidR="003F3428" w:rsidRPr="003F3428" w:rsidRDefault="003F3428" w:rsidP="00C82DB3">
-      <w:pPr>
+    <w:p w14:paraId="585BA749" w14:textId="77777777" w:rsidR="003F3428" w:rsidRPr="00B5597D" w:rsidRDefault="003F3428" w:rsidP="00171CA2">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003F3428">
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:lastRenderedPageBreak/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
         <w:t>Agradecimientos:</w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E05332">
+      <w:r w:rsidR="00E05332" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Ejemplo: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D81D5E">
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:color w:val="808080"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>El presente texto nace en el marco de un proyecto CONCILIUM (931.791) de la Universidad Complutense de Madrid, “Validación de modelos de comunicación, empresas, redes sociales y género”.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F2D73DC" w14:textId="77777777" w:rsidR="003F3428" w:rsidRPr="008B0BBF" w:rsidRDefault="003F3428" w:rsidP="00C82DB3">
-      <w:pPr>
+    <w:p w14:paraId="4F2D73DC" w14:textId="77777777" w:rsidR="003F3428" w:rsidRPr="00B5597D" w:rsidRDefault="003F3428" w:rsidP="00171CA2">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:color w:val="808080"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003F3428">
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Conflicto de intereses</w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="003C5467">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="003C5467" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003C5467" w:rsidRPr="008B0BBF">
+      <w:r w:rsidR="003C5467" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:color w:val="808080"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>si los hubiere</w:t>
       </w:r>
-      <w:r w:rsidR="00803875">
+      <w:r w:rsidR="00803875" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:color w:val="808080"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DC29EAF" w14:textId="77777777" w:rsidR="004004F2" w:rsidRDefault="004004F2" w:rsidP="00C82DB3">
+    <w:p w14:paraId="1DC29EAF" w14:textId="77777777" w:rsidR="004004F2" w:rsidRPr="00B5597D" w:rsidRDefault="004004F2" w:rsidP="00171CA2">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4E4E584B" w14:textId="77777777" w:rsidR="00652914" w:rsidRPr="004004F2" w:rsidRDefault="00652914" w:rsidP="00C82DB3">
-[...6 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="7C4E88FB" w14:textId="6BEA0F0D" w:rsidR="00301137" w:rsidRPr="00B5597D" w:rsidRDefault="00301137">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="004004F2">
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t>AUTOR/ES:</w:t>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E9E2258" w14:textId="77777777" w:rsidR="00B0512D" w:rsidRPr="00D81D5E" w:rsidRDefault="00B0512D" w:rsidP="00E5670C">
+    <w:p w14:paraId="4E4E584B" w14:textId="1F5DDD28" w:rsidR="00652914" w:rsidRPr="00B5597D" w:rsidRDefault="00652914" w:rsidP="00171CA2">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>AUTOR/ES</w:t>
+      </w:r>
+      <w:r w:rsidR="000F2D10" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:cs="Book Antiqua"/>
+          <w:bCs/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="000F2D10" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:cs="Book Antiqua"/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Book Antiqua 10, negrita, justificado, interlineado sencillo</w:t>
+      </w:r>
+      <w:r w:rsidR="000F2D10" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:cs="Book Antiqua"/>
+          <w:bCs/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E9E2258" w14:textId="77777777" w:rsidR="00B0512D" w:rsidRPr="00B5597D" w:rsidRDefault="00B0512D" w:rsidP="00301137">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="600"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
           <w:color w:val="808080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E5670C">
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Nombre y apellidos completo del </w:t>
       </w:r>
-      <w:r w:rsidR="007F1271" w:rsidRPr="00E5670C">
+      <w:r w:rsidR="007F1271" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">1º </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E5670C">
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>autor</w:t>
       </w:r>
-      <w:r w:rsidR="00803875">
+      <w:r w:rsidR="00803875" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E5670C">
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D81D5E">
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="808080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D81D5E">
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
           <w:b/>
           <w:color w:val="808080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00D81D5E">
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Book Antiqua 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E5670C" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
           <w:b/>
           <w:color w:val="808080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00D81D5E">
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
           <w:b/>
           <w:color w:val="808080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00E5670C" w:rsidRPr="00D81D5E">
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>, negrita, justificado, interlineado sencillo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="808080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00D81D5E">
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00E5670C" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="808080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E5670C">
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Síntesis del currículo del autor</w:t>
       </w:r>
-      <w:r w:rsidR="007F1271" w:rsidRPr="00E5670C">
+      <w:r w:rsidR="007F1271" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> de 150 palabras</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E5670C">
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D81D5E">
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
           <w:color w:val="808080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D81D5E">
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:bCs/>
           <w:color w:val="808080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Book Antigua 1</w:t>
       </w:r>
-      <w:r w:rsidR="00E5670C" w:rsidRPr="00D81D5E">
+      <w:r w:rsidR="00E5670C" w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:bCs/>
           <w:color w:val="808080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D81D5E">
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:bCs/>
           <w:color w:val="808080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>, justificado, interlineado sencillo</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D81D5E">
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
           <w:color w:val="808080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03984F6E" w14:textId="77777777" w:rsidR="00857FDB" w:rsidRDefault="00857FDB" w:rsidP="00E5670C">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="03984F6E" w14:textId="77777777" w:rsidR="00857FDB" w:rsidRPr="00B5597D" w:rsidRDefault="00857FDB" w:rsidP="00301137">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-GB"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId18" w:history="1">
-        <w:r w:rsidRPr="00857FDB">
+        <w:r w:rsidRPr="00B5597D">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
+            <w:lang w:val="es-ES_tradnl"/>
           </w:rPr>
           <w:t>correoelectronico@dominio.com</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00857FDB">
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00857FDB">
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:bCs/>
           <w:color w:val="808080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>en la línea siguiente</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="052BF10D" w14:textId="77777777" w:rsidR="00E5670C" w:rsidRPr="00E5670C" w:rsidRDefault="00E5670C" w:rsidP="00E5670C">
+    <w:p w14:paraId="052BF10D" w14:textId="36D395EA" w:rsidR="00E5670C" w:rsidRPr="00B5597D" w:rsidRDefault="00E5670C" w:rsidP="00301137">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-GB"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00E5670C">
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-GB"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Orcid ID:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E5670C">
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-GB"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00B5597D" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>URL clicable al perfil</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="01CB3B25" w14:textId="77777777" w:rsidR="00E5670C" w:rsidRPr="00E5670C" w:rsidRDefault="00E5670C" w:rsidP="00E5670C">
+    <w:p w14:paraId="01CB3B25" w14:textId="2B69AC69" w:rsidR="00E5670C" w:rsidRPr="00B5597D" w:rsidRDefault="00E5670C" w:rsidP="00301137">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-GB"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00E5670C">
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-GB"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Google Scholar:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E5670C">
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-GB"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00B5597D" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>URL clicable al perfil</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6CA8AF7D" w14:textId="77777777" w:rsidR="00E5670C" w:rsidRPr="00E5670C" w:rsidRDefault="00E5670C" w:rsidP="00E5670C">
+    <w:p w14:paraId="6CA8AF7D" w14:textId="2AA8447D" w:rsidR="00E5670C" w:rsidRPr="00B5597D" w:rsidRDefault="00E5670C" w:rsidP="00301137">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-GB"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00E5670C">
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-GB"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">ResearchGate: </w:t>
       </w:r>
+      <w:r w:rsidR="00B5597D" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>URL clicable al perfil</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="1E613F55" w14:textId="77777777" w:rsidR="00E5670C" w:rsidRPr="00E5670C" w:rsidRDefault="00E5670C" w:rsidP="00E5670C">
+    <w:p w14:paraId="1E613F55" w14:textId="77987806" w:rsidR="00E5670C" w:rsidRPr="00B5597D" w:rsidRDefault="00E5670C" w:rsidP="00301137">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E5670C">
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Scopus: </w:t>
       </w:r>
+      <w:r w:rsidR="00B5597D" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>URL clicable al perfil</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="13C76018" w14:textId="77777777" w:rsidR="00E5670C" w:rsidRDefault="00E5670C" w:rsidP="00E5670C">
+    <w:p w14:paraId="13C76018" w14:textId="0863204A" w:rsidR="00E5670C" w:rsidRPr="00B5597D" w:rsidRDefault="00E5670C" w:rsidP="00301137">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E5670C">
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5597D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Academia.edu:</w:t>
       </w:r>
+      <w:r w:rsidR="00B5597D" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B5597D" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>URL clicable al perfil</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="62BE45BE" w14:textId="77777777" w:rsidR="00803875" w:rsidRPr="00E5670C" w:rsidRDefault="00803875" w:rsidP="00E5670C">
+    <w:p w14:paraId="62BE45BE" w14:textId="77777777" w:rsidR="00803875" w:rsidRPr="00B5597D" w:rsidRDefault="00803875" w:rsidP="00171CA2">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C7F034D" w14:textId="77777777" w:rsidR="00301137" w:rsidRPr="00B5597D" w:rsidRDefault="00803875" w:rsidP="00301137">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
-          <w:color w:val="CC00CC"/>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-      </w:pPr>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nombre y apellidos completo del 2º autor: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
+          <w:b/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Book Antiqua 10, negrita, justificado, interlineado sencillo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Síntesis del currículo del autor de 150 palabras </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Book Antigua 10, justificado, interlineado sencillo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00301137" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="38867FBD" w14:textId="77777777" w:rsidR="00803875" w:rsidRPr="00D81D5E" w:rsidRDefault="00803875" w:rsidP="00803875">
+    <w:p w14:paraId="38867FBD" w14:textId="04D85E21" w:rsidR="00803875" w:rsidRPr="00B5597D" w:rsidRDefault="00301137" w:rsidP="00301137">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId19" w:history="1">
+        <w:r w:rsidRPr="00B5597D">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="es-ES_tradnl"/>
+          </w:rPr>
+          <w:t>correoelectronico@dominio.com</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>en la línea siguiente</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1ADF36DA" w14:textId="414F5C46" w:rsidR="00803875" w:rsidRPr="00B5597D" w:rsidRDefault="00803875" w:rsidP="00301137">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Orcid ID:</w:t>
+      </w:r>
+      <w:r w:rsidR="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B5597D" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>URL clicable</w:t>
+      </w:r>
+      <w:r w:rsidR="00B5597D" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B5597D" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>al perfil</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0047FDB9" w14:textId="3BA45DE3" w:rsidR="00803875" w:rsidRPr="00B5597D" w:rsidRDefault="00803875" w:rsidP="00301137">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Google Scholar:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B5597D" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>URL clicable al perfil</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64DD6258" w14:textId="404C515C" w:rsidR="00803875" w:rsidRPr="00B5597D" w:rsidRDefault="00803875" w:rsidP="00301137">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ResearchGate: </w:t>
+      </w:r>
+      <w:r w:rsidR="00B5597D" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>URL clicable al perfil</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C12B665" w14:textId="7F1ED277" w:rsidR="00803875" w:rsidRPr="00B5597D" w:rsidRDefault="00803875" w:rsidP="00301137">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Scopus: </w:t>
+      </w:r>
+      <w:r w:rsidR="00B5597D" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>URL clicable al perfil</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14EBFC30" w14:textId="38129413" w:rsidR="00803875" w:rsidRPr="00B5597D" w:rsidRDefault="00803875" w:rsidP="00301137">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Academia.edu:</w:t>
+      </w:r>
+      <w:r w:rsidR="00B5597D" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B5597D" w:rsidRPr="00B5597D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>URL clicable al perfil</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C367975" w14:textId="77777777" w:rsidR="00E5670C" w:rsidRPr="00B5597D" w:rsidRDefault="00E5670C" w:rsidP="00171CA2">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="600"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
-          <w:color w:val="808080"/>
-[...128 lines deleted...]
-      </w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="1ADF36DA" w14:textId="77777777" w:rsidR="00803875" w:rsidRPr="00E5670C" w:rsidRDefault="00803875" w:rsidP="00803875">
-[...162 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId24"/>
+    <w:sectPr w:rsidR="00E5670C" w:rsidRPr="00B5597D" w:rsidSect="008130A7">
+      <w:headerReference w:type="even" r:id="rId20"/>
+      <w:headerReference w:type="default" r:id="rId21"/>
+      <w:footerReference w:type="even" r:id="rId22"/>
+      <w:footerReference w:type="default" r:id="rId23"/>
+      <w:headerReference w:type="first" r:id="rId24"/>
+      <w:footerReference w:type="first" r:id="rId25"/>
       <w:pgSz w:w="11920" w:h="16840"/>
       <w:pgMar w:top="1701" w:right="1418" w:bottom="1418" w:left="1418" w:header="510" w:footer="0" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6E3113C6" w14:textId="77777777" w:rsidR="00A83314" w:rsidRDefault="00A83314">
+    <w:p w14:paraId="0CF785DB" w14:textId="77777777" w:rsidR="00D47F7D" w:rsidRDefault="00D47F7D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3BB4D095" w14:textId="77777777" w:rsidR="00A83314" w:rsidRDefault="00A83314">
+    <w:p w14:paraId="626AEE1D" w14:textId="77777777" w:rsidR="00D47F7D" w:rsidRDefault="00D47F7D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -8425,64 +8957,64 @@
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Tahoma">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Book Antiqua">
     <w:altName w:val="Book Antiqua"/>
     <w:panose1 w:val="02040602050305030304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="24C6013A" w14:textId="77777777" w:rsidR="008130A7" w:rsidRDefault="008130A7" w:rsidP="008130A7">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
         <w:lang w:val="es-ES"/>
       </w:rPr>
       <w:t xml:space="preserve">                               </w:t>
     </w:r>
@@ -8540,119 +9072,134 @@
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="es-ES"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="5B29E0A4" w14:textId="77777777" w:rsidR="00CD113C" w:rsidRPr="00753DF2" w:rsidRDefault="00CD113C" w:rsidP="00457664">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
         <w:lang w:val="es-ES"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="288E00B8" w14:textId="77777777" w:rsidR="008130A7" w:rsidRDefault="008130A7" w:rsidP="008130A7">
+  <w:p w14:paraId="288E00B8" w14:textId="6A2DA817" w:rsidR="008130A7" w:rsidRPr="0001634B" w:rsidRDefault="0001634B" w:rsidP="008130A7">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+      </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
         <w:lang w:val="es-ES"/>
       </w:rPr>
-      <w:t xml:space="preserve">                               </w:t>
+      <w:tab/>
     </w:r>
     <w:r w:rsidR="00471C40">
       <w:rPr>
         <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
         <w:lang w:val="es-ES"/>
       </w:rPr>
-      <w:t>Vivat Academia. Revista de Comunicación.</w:t>
+      <w:t>Vivat Academia.</w:t>
     </w:r>
-    <w:r w:rsidRPr="00A115C5">
+    <w:r w:rsidR="008130A7" w:rsidRPr="00A115C5">
       <w:rPr>
         <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
       </w:rPr>
       <w:t xml:space="preserve"> ISSN </w:t>
     </w:r>
-    <w:r w:rsidRPr="00A115C5">
+    <w:r w:rsidR="008130A7" w:rsidRPr="00A115C5">
       <w:rPr>
         <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
         <w:color w:val="000000"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       </w:rPr>
       <w:t>1575-2844</w:t>
     </w:r>
-    <w:r>
-[...9 lines deleted...]
-    <w:r>
+    <w:r w:rsidR="008130A7">
       <w:rPr>
         <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
         <w:color w:val="000000"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:lang w:val="es-ES"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="008130A7" w:rsidRPr="0001634B">
+      <w:rPr>
+        <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+        <w:color w:val="000000"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:lang w:val="es-ES"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidR="008130A7" w:rsidRPr="0001634B">
+      <w:rPr>
+        <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+      </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="008130A7" w:rsidRPr="0001634B">
+      <w:rPr>
+        <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+      </w:rPr>
       <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="008130A7" w:rsidRPr="0001634B">
+      <w:rPr>
+        <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+      </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00857FDB" w:rsidRPr="00857FDB">
+    <w:r w:rsidR="00857FDB" w:rsidRPr="0001634B">
       <w:rPr>
+        <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
         <w:noProof/>
         <w:lang w:val="es-ES"/>
       </w:rPr>
       <w:t>6</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="008130A7" w:rsidRPr="0001634B">
+      <w:rPr>
+        <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+      </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="6ABE63FD" w14:textId="77777777" w:rsidR="00CD113C" w:rsidRPr="00A115C5" w:rsidRDefault="00CD113C" w:rsidP="00457664">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:ind w:hanging="284"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3803DBC4" w14:textId="77777777" w:rsidR="008130A7" w:rsidRDefault="008130A7">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
@@ -8663,244 +9210,222 @@
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00857FDB" w:rsidRPr="00857FDB">
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="es-ES"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="0712C5F3" w14:textId="77777777" w:rsidR="00CD113C" w:rsidRDefault="00CD113C">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="533844A4" w14:textId="77777777" w:rsidR="00A83314" w:rsidRDefault="00A83314">
+    <w:p w14:paraId="30EF55F5" w14:textId="77777777" w:rsidR="00D47F7D" w:rsidRDefault="00D47F7D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="22000629" w14:textId="77777777" w:rsidR="00A83314" w:rsidRDefault="00A83314">
+    <w:p w14:paraId="612AB247" w14:textId="77777777" w:rsidR="00D47F7D" w:rsidRDefault="00D47F7D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
-    <w:p w14:paraId="4860C0AC" w14:textId="152879AA" w:rsidR="009F24F8" w:rsidRPr="008130A7" w:rsidRDefault="009F24F8" w:rsidP="009F24F8">
+    <w:p w14:paraId="4860C0AC" w14:textId="152879AA" w:rsidR="009F24F8" w:rsidRPr="00171CA2" w:rsidRDefault="009F24F8" w:rsidP="00171CA2">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="72"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
           <w:color w:val="808080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00390109">
+      <w:r w:rsidRPr="00171CA2">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:w w:val="101"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="005F76AD">
+      <w:r w:rsidR="005F76AD" w:rsidRPr="00171CA2">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:w w:val="101"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-      <w:r>
+      <w:r w:rsidRPr="00171CA2">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Nombre</w:t>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00C3202E">
+        <w:t>Nombre y Apellidos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00171CA2">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A84D2D">
+      <w:r w:rsidRPr="00171CA2">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00171CA2">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Breve reseña curricular de 3 líneas </w:t>
       </w:r>
-      <w:r w:rsidRPr="008130A7">
+      <w:r w:rsidRPr="00171CA2">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:color w:val="808080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>(Book Antigua 10, just</w:t>
       </w:r>
-      <w:r w:rsidR="00A31706">
+      <w:r w:rsidR="00A31706" w:rsidRPr="00171CA2">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:color w:val="808080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>ificado, interlineado sencillo)</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w14:paraId="6C89ABA9" w14:textId="084E2F1B" w:rsidR="0042641D" w:rsidRPr="0042641D" w:rsidRDefault="0042641D">
+    <w:p w14:paraId="6C89ABA9" w14:textId="084E2F1B" w:rsidR="0042641D" w:rsidRPr="0042641D" w:rsidRDefault="0042641D" w:rsidP="00171CA2">
       <w:pPr>
         <w:pStyle w:val="Textonotapie"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00171CA2">
         <w:rPr>
           <w:rStyle w:val="Refdenotaalpie"/>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00171CA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00171CA2">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Nombre y Apellidos</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C3202E">
+      <w:r w:rsidRPr="00171CA2">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A84D2D">
+      <w:r w:rsidRPr="00171CA2">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> Breve reseña curricular de 3 líneas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00171CA2">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
-          <w:lang w:val="es-ES_tradnl"/>
-[...17 lines deleted...]
-        <w:t>ificado, interlineado sencillo)</w:t>
+          <w:color w:val="808080"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>(Book Antigua 10, justificado, interlineado sencillo)</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
     <w:p w14:paraId="42CC5981" w14:textId="77777777" w:rsidR="005F76AD" w:rsidRPr="008130A7" w:rsidRDefault="005F76AD" w:rsidP="005F76AD">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="72"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
           <w:color w:val="808080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F76AD">
         <w:rPr>
           <w:rStyle w:val="Refdenotaalpie"/>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="20"/>
@@ -8968,96 +9493,68 @@
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="282356AE" w14:textId="69BBE086" w:rsidR="00100EB8" w:rsidRDefault="00100EB8" w:rsidP="00100EB8">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:spacing w:after="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
         <w:bCs/>
         <w:color w:val="7F7F7F"/>
         <w:lang w:val="es-ES"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00100EB8">
       <w:rPr>
         <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
         <w:bCs/>
         <w:lang w:val="es-ES"/>
       </w:rPr>
-      <w:t xml:space="preserve">Apellido </w:t>
-[...17 lines deleted...]
-      <w:t>, N</w:t>
+      <w:t>Apellido Apellido, N</w:t>
     </w:r>
     <w:r w:rsidR="006E70C4">
       <w:rPr>
         <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
         <w:bCs/>
         <w:lang w:val="es-ES"/>
       </w:rPr>
       <w:t>ombre</w:t>
     </w:r>
     <w:r w:rsidRPr="00100EB8">
       <w:rPr>
         <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
         <w:bCs/>
         <w:lang w:val="es-ES"/>
       </w:rPr>
-      <w:t xml:space="preserve"> y Apellido </w:t>
+      <w:t xml:space="preserve"> y Apellido Apellido</w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidR="006E70C4">
       <w:rPr>
         <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
         <w:bCs/>
         <w:lang w:val="es-ES"/>
       </w:rPr>
       <w:t xml:space="preserve">, </w:t>
     </w:r>
     <w:r w:rsidR="006E70C4" w:rsidRPr="00100EB8">
       <w:rPr>
         <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
         <w:bCs/>
         <w:lang w:val="es-ES"/>
       </w:rPr>
       <w:t>N</w:t>
     </w:r>
     <w:r w:rsidR="006E70C4">
       <w:rPr>
         <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
         <w:bCs/>
         <w:lang w:val="es-ES"/>
       </w:rPr>
       <w:t>ombre</w:t>
     </w:r>
     <w:r w:rsidRPr="00100EB8">
@@ -9308,268 +9805,98 @@
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                           <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:solidFill>
                               <a:srgbClr val="FFFFFF"/>
                             </a:solidFill>
                           </a14:hiddenFill>
                         </a:ext>
                         <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                           <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
                             <a:miter lim="800000"/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="754ED0FD" w14:textId="77777777" w:rsidR="00312317" w:rsidRPr="00312317" w:rsidRDefault="00312317" w:rsidP="003D1F91">
+                        <w:p w14:paraId="754ED0FD" w14:textId="176FEBC2" w:rsidR="00312317" w:rsidRPr="00312317" w:rsidRDefault="00312317" w:rsidP="003D1F91">
                           <w:pPr>
                             <w:widowControl w:val="0"/>
                             <w:autoSpaceDE w:val="0"/>
                             <w:autoSpaceDN w:val="0"/>
                             <w:adjustRightInd w:val="0"/>
                             <w:spacing w:after="0"/>
                             <w:ind w:left="20" w:right="-30"/>
                             <w:jc w:val="right"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
                               <w:bCs/>
                               <w:position w:val="1"/>
                               <w:sz w:val="24"/>
                               <w:szCs w:val="24"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00312317">
                             <w:rPr>
                               <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
                               <w:bCs/>
                               <w:spacing w:val="-2"/>
                               <w:position w:val="1"/>
                               <w:sz w:val="24"/>
                               <w:szCs w:val="24"/>
                             </w:rPr>
-                            <w:t>Vivat Academia. R</w:t>
+                            <w:t>Vivat Academia</w:t>
                           </w:r>
-                          <w:r w:rsidRPr="00312317">
-[...51 lines deleted...]
-                          <w:r w:rsidRPr="00312317">
+                          <w:r w:rsidR="00FE33A2">
                             <w:rPr>
                               <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
                               <w:bCs/>
                               <w:spacing w:val="-2"/>
                               <w:position w:val="1"/>
                               <w:sz w:val="24"/>
                               <w:szCs w:val="24"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
-                          <w:r w:rsidRPr="00312317">
-[...116 lines deleted...]
-                          </w:r>
                           <w:r w:rsidR="003D1F91">
                             <w:rPr>
                               <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
                               <w:bCs/>
                               <w:position w:val="1"/>
                               <w:sz w:val="24"/>
                               <w:szCs w:val="24"/>
                             </w:rPr>
-                            <w:t>n (Año</w:t>
+                            <w:t>(Año</w:t>
                           </w:r>
                           <w:r w:rsidRPr="00312317">
                             <w:rPr>
                               <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
                               <w:bCs/>
                               <w:position w:val="1"/>
                               <w:sz w:val="24"/>
                               <w:szCs w:val="24"/>
                             </w:rPr>
                             <w:t>).</w:t>
                           </w:r>
                         </w:p>
                         <w:p w14:paraId="6BB472C4" w14:textId="77777777" w:rsidR="00312317" w:rsidRPr="00312317" w:rsidRDefault="00312317" w:rsidP="003D1F91">
                           <w:pPr>
                             <w:widowControl w:val="0"/>
                             <w:autoSpaceDE w:val="0"/>
                             <w:autoSpaceDN w:val="0"/>
                             <w:adjustRightInd w:val="0"/>
                             <w:spacing w:after="0"/>
                             <w:ind w:left="20" w:right="-30"/>
                             <w:jc w:val="right"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
                               <w:bCs/>
                               <w:position w:val="1"/>
@@ -9628,268 +9955,98 @@
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="2E8BF637" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Cuadro de texto 28" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:151.1pt;margin-top:31.65pt;width:366.1pt;height:41.25pt;z-index:-251658752;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAJYSjK1wEAAJEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjjJ0suMOEXXosOA&#10;7gJ0+wBZlmxjtqiRSuzs60fJcbrL27AXgSalw3MO6e3N2HfiYJBacIVcLZZSGKehal1dyK9fHl5d&#10;S0FBuUp14Ewhj4bkze7li+3gc7OGBrrKoGAQR/ngC9mE4PMsI92YXtECvHFctIC9CvyJdVahGhi9&#10;77L1cnmZDYCVR9CGiLP3U1HuEr61RodP1pIJoiskcwvpxHSW8cx2W5XXqHzT6hMN9Q8setU6bnqG&#10;uldBiT22f0H1rUYgsGGhoc/A2labpIHVrJZ/qHlqlDdJC5tD/mwT/T9Y/fHw5D+jCONbGHmASQT5&#10;R9DfSDi4a5SrzS0iDI1RFTdeRcuywVN+ehqtppwiSDl8gIqHrPYBEtBosY+usE7B6DyA49l0Mwah&#10;Obm53LzZXHFJc+1i/fr66iK1UPn82iOFdwZ6EYNCIg81oavDI4XIRuXzldjMwUPbdWmwnfstwRdj&#10;JrGPhCfqYSxHvh1VlFAdWQfCtCe81xw0gD+kGHhHCknf9wqNFN17x17EhZoDnINyDpTT/LSQQYop&#10;vAvT4u09tnXDyJPbDm7ZL9smKc8sTjx57knhaUfjYv36nW49/0m7nwAAAP//AwBQSwMEFAAGAAgA&#10;AAAhAGEsQ5DgAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4soS3VKE2n&#10;CcEJCdGVA8e08dpojVOabCtvT3aCmy1/+v395WaxIzvh7I0jCfcrAQypc9pQL+Gzeb1bA/NBkVaj&#10;I5Twgx421fVVqQrtzlTjaRd6FkPIF0rCEMJUcO67Aa3yKzchxdvezVaFuM4917M6x3A78kSInFtl&#10;KH4Y1ITPA3aH3dFK2H5R/WK+39uPel+bpnkU9JYfpLy9WbZPwAIu4Q+Gi35Uhyo6te5I2rNRQiqS&#10;JKIS8jQFdgFEmmXA2jhlD2vgVcn/d6h+AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAlh&#10;KMrXAQAAkQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AGEsQ5DgAAAACwEAAA8AAAAAAAAAAAAAAAAAMQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAA+BQAAAAA=&#10;" o:allowincell="f" filled="f" stroked="f">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
-                  <w:p w14:paraId="754ED0FD" w14:textId="77777777" w:rsidR="00312317" w:rsidRPr="00312317" w:rsidRDefault="00312317" w:rsidP="003D1F91">
+                  <w:p w14:paraId="754ED0FD" w14:textId="176FEBC2" w:rsidR="00312317" w:rsidRPr="00312317" w:rsidRDefault="00312317" w:rsidP="003D1F91">
                     <w:pPr>
                       <w:widowControl w:val="0"/>
                       <w:autoSpaceDE w:val="0"/>
                       <w:autoSpaceDN w:val="0"/>
                       <w:adjustRightInd w:val="0"/>
                       <w:spacing w:after="0"/>
                       <w:ind w:left="20" w:right="-30"/>
                       <w:jc w:val="right"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
                         <w:bCs/>
                         <w:position w:val="1"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00312317">
                       <w:rPr>
                         <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
                         <w:bCs/>
                         <w:spacing w:val="-2"/>
                         <w:position w:val="1"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
-                      <w:t>Vivat Academia. R</w:t>
+                      <w:t>Vivat Academia</w:t>
                     </w:r>
-                    <w:r w:rsidRPr="00312317">
-[...51 lines deleted...]
-                    <w:r w:rsidRPr="00312317">
+                    <w:r w:rsidR="00FE33A2">
                       <w:rPr>
                         <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
                         <w:bCs/>
                         <w:spacing w:val="-2"/>
                         <w:position w:val="1"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
-                    <w:r w:rsidRPr="00312317">
-[...116 lines deleted...]
-                    </w:r>
                     <w:r w:rsidR="003D1F91">
                       <w:rPr>
                         <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
                         <w:bCs/>
                         <w:position w:val="1"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
-                      <w:t>n (Año</w:t>
+                      <w:t>(Año</w:t>
                     </w:r>
                     <w:r w:rsidRPr="00312317">
                       <w:rPr>
                         <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
                         <w:bCs/>
                         <w:position w:val="1"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                       <w:t>).</w:t>
                     </w:r>
                   </w:p>
                   <w:p w14:paraId="6BB472C4" w14:textId="77777777" w:rsidR="00312317" w:rsidRPr="00312317" w:rsidRDefault="00312317" w:rsidP="003D1F91">
                     <w:pPr>
                       <w:widowControl w:val="0"/>
                       <w:autoSpaceDE w:val="0"/>
                       <w:autoSpaceDN w:val="0"/>
                       <w:adjustRightInd w:val="0"/>
                       <w:spacing w:after="0"/>
                       <w:ind w:left="20" w:right="-30"/>
                       <w:jc w:val="right"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
                         <w:bCs/>
                         <w:position w:val="1"/>
@@ -10095,157 +10252,103 @@
                           <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:solidFill>
                               <a:srgbClr val="FFFFFF"/>
                             </a:solidFill>
                           </a14:hiddenFill>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shape w14:anchorId="51258AA1" id="Freeform 14" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.8pt;margin-top:72.9pt;width:446.4pt;height:3.55pt;z-index:-251659776;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="7409,45085" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDgS5WocQIAADMFAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO0zAQfUfiHyw/IrFJq7bbRk1XaJdF&#10;SMtF2vIBruM0EY7H2G7T8vXMOGk2FPGCyEM04xmfM1ev706NZkflfA0m55OblDNlJBS12ef82/bx&#10;7ZIzH4QphAajcn5Wnt9tXr9atzZTU6hAF8oxBDE+a23OqxBsliReVqoR/gasMmgswTUioOr2SeFE&#10;i+iNTqZpukhacIV1IJX3ePrQGfkm4pelkuFLWXoVmM45xhbi38X/jv7JZi2yvRO2qmUfhviHKBpR&#10;GyQdoB5EEOzg6j+gmlo68FCGGwlNAmVZSxVzwGwm6VU2z5WwKuaCxfF2KJP/f7Dy8/HZfnUUurdP&#10;IL97rEjSWp8NFlI8+rBd+wkK7KE4BIjJnkrX0E1Mg51iTc9DTdUpMImH88ViNV1i6SXaZvN0Oaea&#10;JyK7XJYHHz4oiEDi+ORD15ICpVjQghnRIOsWMcpGY3feJCxlLbudpau+f4PPZORD9pEbUu4voKK6&#10;8MiT6YlQYoKmNo25WfCUE7FekkIEdKKg/uKL7Ne+3Z2ewuE4Xg+i4wwHcdclYkWgyIiCRNbmPGZJ&#10;Bw0c1RaiKVxVG0lerNqMveL1cVSdGW8QQWzEQEqxjpph4LHWOnZDGwplsprPl7E4HnRdkJXC8W6/&#10;u9eOHQXtWPz6Fv/m5uBgiohWKVG87+Ugat3JyK6xuHH2aNxohX22g+KMo+eg21x8aVCowP3krMWt&#10;zbn/cRBOcaY/GlyL1WQ2ozWPymx+O0XFjS27sUUYiVA5Dxw7T+J96J6Gg3X1vkKmSUzXwDsc+bKm&#10;0YzxdVH1Cm5mrGP/itDqj/Xo9fLWbX4BAAD//wMAUEsDBBQABgAIAAAAIQD4ofFM4AAAAAwBAAAP&#10;AAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUhcKmq3TSsIcaqChFARF0o+wI23SUS8DrHb&#10;hL9nc4LbjPZpdibbjq4VF+xD40nDYq5AIJXeNlRpKD5f7u5BhGjImtYTavjBANv8+iozqfUDfeDl&#10;ECvBIRRSo6GOsUulDGWNzoS575D4dvK9M5FtX0nbm4HDXSuXSm2kMw3xh9p0+Fxj+XU4Ow37wn2/&#10;9at9Mhtm0b4OT+r9tCu0vr0Zd48gIo7xD4apPleHnDsd/ZlsEC37ZLFhdBJr3jARapUkII6s1ssH&#10;kHkm/4/IfwEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDgS5WocQIAADMFAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQD4ofFM4AAAAAwBAAAPAAAA&#10;AAAAAAAAAAAAAMsEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA2AUAAAAA&#10;" o:allowincell="f" path="m,l7409,e" filled="f" strokeweight="1.54pt">
+            <v:shape w14:anchorId="4F3C83D8" id="Freeform 14" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.8pt;margin-top:72.9pt;width:446.4pt;height:3.55pt;z-index:-251659776;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="7409,45085" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDgS5WocQIAADMFAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO0zAQfUfiHyw/IrFJq7bbRk1XaJdF&#10;SMtF2vIBruM0EY7H2G7T8vXMOGk2FPGCyEM04xmfM1ev706NZkflfA0m55OblDNlJBS12ef82/bx&#10;7ZIzH4QphAajcn5Wnt9tXr9atzZTU6hAF8oxBDE+a23OqxBsliReVqoR/gasMmgswTUioOr2SeFE&#10;i+iNTqZpukhacIV1IJX3ePrQGfkm4pelkuFLWXoVmM45xhbi38X/jv7JZi2yvRO2qmUfhviHKBpR&#10;GyQdoB5EEOzg6j+gmlo68FCGGwlNAmVZSxVzwGwm6VU2z5WwKuaCxfF2KJP/f7Dy8/HZfnUUurdP&#10;IL97rEjSWp8NFlI8+rBd+wkK7KE4BIjJnkrX0E1Mg51iTc9DTdUpMImH88ViNV1i6SXaZvN0Oaea&#10;JyK7XJYHHz4oiEDi+ORD15ICpVjQghnRIOsWMcpGY3feJCxlLbudpau+f4PPZORD9pEbUu4voKK6&#10;8MiT6YlQYoKmNo25WfCUE7FekkIEdKKg/uKL7Ne+3Z2ewuE4Xg+i4wwHcdclYkWgyIiCRNbmPGZJ&#10;Bw0c1RaiKVxVG0lerNqMveL1cVSdGW8QQWzEQEqxjpph4LHWOnZDGwplsprPl7E4HnRdkJXC8W6/&#10;u9eOHQXtWPz6Fv/m5uBgiohWKVG87+Ugat3JyK6xuHH2aNxohX22g+KMo+eg21x8aVCowP3krMWt&#10;zbn/cRBOcaY/GlyL1WQ2ozWPymx+O0XFjS27sUUYiVA5Dxw7T+J96J6Gg3X1vkKmSUzXwDsc+bKm&#10;0YzxdVH1Cm5mrGP/itDqj/Xo9fLWbX4BAAD//wMAUEsDBBQABgAIAAAAIQD4ofFM4AAAAAwBAAAP&#10;AAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUhcKmq3TSsIcaqChFARF0o+wI23SUS8DrHb&#10;hL9nc4LbjPZpdibbjq4VF+xD40nDYq5AIJXeNlRpKD5f7u5BhGjImtYTavjBANv8+iozqfUDfeDl&#10;ECvBIRRSo6GOsUulDGWNzoS575D4dvK9M5FtX0nbm4HDXSuXSm2kMw3xh9p0+Fxj+XU4Ow37wn2/&#10;9at9Mhtm0b4OT+r9tCu0vr0Zd48gIo7xD4apPleHnDsd/ZlsEC37ZLFhdBJr3jARapUkII6s1ssH&#10;kHkm/4/IfwEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDgS5WocQIAADMFAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQD4ofFM4AAAAAwBAAAPAAAA&#10;AAAAAAAAAAAAAMsEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA2AUAAAAA&#10;" o:allowincell="f" path="m,l7409,e" filled="f" strokeweight="1.54pt">
               <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;5669280,0" o:connectangles="0,0"/>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="008D5BD4">
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="en-US" w:eastAsia="en-US"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00CD113C">
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="en-US" w:eastAsia="en-US"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:numPicBullet w:numPicBulletId="0">
-    <mc:AlternateContent>
-[...76 lines deleted...]
-    </mc:AlternateContent>
+    <w:pict>
+      <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+        <v:stroke joinstyle="miter"/>
+        <v:formulas>
+          <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+          <v:f eqn="sum @0 1 0"/>
+          <v:f eqn="sum 0 0 @1"/>
+          <v:f eqn="prod @2 1 2"/>
+          <v:f eqn="prod @3 21600 pixelWidth"/>
+          <v:f eqn="prod @3 21600 pixelHeight"/>
+          <v:f eqn="sum @0 0 1"/>
+          <v:f eqn="prod @6 1 2"/>
+          <v:f eqn="prod @7 21600 pixelWidth"/>
+          <v:f eqn="sum @8 21600 0"/>
+          <v:f eqn="prod @7 21600 pixelHeight"/>
+          <v:f eqn="sum @10 21600 0"/>
+        </v:formulas>
+        <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+        <o:lock v:ext="edit" aspectratio="t"/>
+      </v:shapetype>
+      <v:shape id="Imagen 1610690818" o:spid="_x0000_i1025" type="#_x0000_t75" alt="descarga" style="width:168.95pt;height:168.95pt;visibility:visible;mso-wrap-style:square" o:bullet="t">
+        <v:imagedata r:id="rId1" o:title="descarga"/>
+      </v:shape>
+    </w:pict>
   </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="6EA4EE42"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
@@ -10637,50 +10740,187 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="07D6408F"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="181A187E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Ttulo2"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:color w:val="000000"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Ttulo3"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+        <w:bCs w:val="0"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Ttulo4"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+        <w:bCs w:val="0"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="2160"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0C1F3C97"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9C18B4DE"/>
     <w:lvl w:ilvl="0" w:tplc="040A000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="644"/>
         </w:tabs>
         <w:ind w:left="644" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10752,51 +10992,51 @@
     <w:lvl w:ilvl="7" w:tplc="040A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0CC0544D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8CAC351E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="834" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
@@ -10865,51 +11105,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2598" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3072" w:hanging="2160"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="15923F0F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="362EFF02"/>
     <w:lvl w:ilvl="0" w:tplc="4ACE3A18">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1069"/>
         </w:tabs>
         <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="81700A84">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10984,51 +11224,51 @@
     <w:lvl w:ilvl="7" w:tplc="04130019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6109"/>
         </w:tabs>
         <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0413001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6829"/>
         </w:tabs>
         <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="190876DE"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D07256CC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
@@ -11073,51 +11313,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1A567C00"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D07256CC"/>
     <w:lvl w:ilvl="0" w:tplc="0C0A000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A001B" w:tentative="1">
@@ -11162,51 +11402,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C0A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C0A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="29FE251D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1610D13C"/>
     <w:lvl w:ilvl="0" w:tplc="0C0A000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A001B" w:tentative="1">
@@ -11251,51 +11491,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C0A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C0A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2DF851DF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3090653E"/>
     <w:lvl w:ilvl="0" w:tplc="0C0A0017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
@@ -11364,51 +11604,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C0A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C0A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2E6C2E1D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B4C09C82"/>
     <w:lvl w:ilvl="0" w:tplc="0C0A000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
@@ -11477,51 +11717,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C0A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C0A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="32E40486"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="6C6A995E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="390" w:hanging="390"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="834" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
@@ -11590,51 +11830,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2598" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3072" w:hanging="2160"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38066A51"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D07256CC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
@@ -11679,51 +11919,137 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3CA126AB"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0C0A001F"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1224" w:hanging="504"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="402C1FFB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0840CE4E"/>
     <w:lvl w:ilvl="0" w:tplc="0C0A0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11792,51 +12118,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="43136580"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A6EA09BC"/>
     <w:lvl w:ilvl="0" w:tplc="0C0A000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A001B" w:tentative="1">
@@ -11881,51 +12207,137 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C0A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C0A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4321187B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A4ACFA5A"/>
+    <w:lvl w:ilvl="0" w:tplc="0C0A000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C0A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C0A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C0A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C0A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C0A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C0A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C0A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C0A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="457E3390"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9878B138"/>
     <w:lvl w:ilvl="0" w:tplc="44E46D0A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="927" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1647" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -11995,51 +12407,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5967" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6687" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="45911F57"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="26AAB8A8"/>
     <w:lvl w:ilvl="0" w:tplc="6BF03672">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -12108,51 +12520,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="45E3577E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="82BE239C"/>
     <w:lvl w:ilvl="0" w:tplc="0C0A0017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
@@ -12221,51 +12633,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C0A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C0A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="48693B39"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="718A4E2E"/>
     <w:lvl w:ilvl="0" w:tplc="0C0A000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
@@ -12334,51 +12746,137 @@
     <w:lvl w:ilvl="7" w:tplc="0C0A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C0A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4B652EA7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="093ED314"/>
+    <w:lvl w:ilvl="0" w:tplc="0C0A000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C0A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C0A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C0A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C0A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C0A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C0A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C0A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C0A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="52CA4B6A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8E24A874"/>
     <w:lvl w:ilvl="0" w:tplc="0C0A000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
@@ -12447,51 +12945,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C0A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C0A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5FB6168F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B6E893A"/>
     <w:lvl w:ilvl="0" w:tplc="EE4699BE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:hint="default"/>
         <w:w w:val="101"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -12561,51 +13059,137 @@
     <w:lvl w:ilvl="7" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5912" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6632" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6DD129F6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0C16113A"/>
+    <w:lvl w:ilvl="0" w:tplc="0C0A0019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C0A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C0A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C0A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C0A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C0A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C0A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C0A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C0A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7A5C6DA0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C0202E50"/>
     <w:lvl w:ilvl="0" w:tplc="0C0A000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -12648,358 +13232,395 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C0A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C0A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="370150214">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="224069871">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="489516268">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1721326041">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1440292000">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="490027411">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="2121875036">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="36784446">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1721326041">
-    <w:abstractNumId w:val="12"/>
+  <w:num w:numId="9" w16cid:durableId="31736140">
+    <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1440292000">
+  <w:num w:numId="10" w16cid:durableId="1742485351">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1917780771">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1174222246">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="490027411">
-    <w:abstractNumId w:val="11"/>
+  <w:num w:numId="13" w16cid:durableId="1062561138">
+    <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="2121875036">
-[...5 lines deleted...]
-  <w:num w:numId="9" w16cid:durableId="31736140">
+  <w:num w:numId="14" w16cid:durableId="1400324455">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="1742485351">
-[...13 lines deleted...]
-  </w:num>
   <w:num w:numId="15" w16cid:durableId="1277372907">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1401632923">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="609630705">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="491603616">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1793014343">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1477071674">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="51317336">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1690717434">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="70084050">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="906719337">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="2102799190">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="697658223">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="1189295209">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="981233026">
+    <w:abstractNumId w:val="26"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="120"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:embedSystemFonts/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:drawingGridVerticalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="3"/>
   <w:doNotShadeFormData/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007041B6"/>
+    <w:rsid w:val="0001634B"/>
     <w:rsid w:val="00016A93"/>
     <w:rsid w:val="00020F9D"/>
     <w:rsid w:val="00044D5D"/>
     <w:rsid w:val="00047076"/>
     <w:rsid w:val="00083A6F"/>
     <w:rsid w:val="000843B6"/>
     <w:rsid w:val="0008560D"/>
     <w:rsid w:val="000A4BBD"/>
+    <w:rsid w:val="000E687B"/>
+    <w:rsid w:val="000F2D10"/>
     <w:rsid w:val="00100EB8"/>
+    <w:rsid w:val="00124252"/>
     <w:rsid w:val="00141421"/>
+    <w:rsid w:val="001600AE"/>
     <w:rsid w:val="0016143E"/>
+    <w:rsid w:val="00171CA2"/>
     <w:rsid w:val="00175E35"/>
     <w:rsid w:val="00197935"/>
     <w:rsid w:val="001A7542"/>
     <w:rsid w:val="001B094E"/>
     <w:rsid w:val="001C5BAB"/>
     <w:rsid w:val="001F6055"/>
     <w:rsid w:val="002109DC"/>
     <w:rsid w:val="00216DF4"/>
     <w:rsid w:val="002245FB"/>
     <w:rsid w:val="0022790D"/>
     <w:rsid w:val="00257B2E"/>
     <w:rsid w:val="00263766"/>
     <w:rsid w:val="0027420C"/>
     <w:rsid w:val="00280CB1"/>
     <w:rsid w:val="002840BC"/>
     <w:rsid w:val="0028415D"/>
     <w:rsid w:val="00292A6E"/>
     <w:rsid w:val="00293D54"/>
+    <w:rsid w:val="002948C5"/>
     <w:rsid w:val="00295ADB"/>
+    <w:rsid w:val="00301137"/>
     <w:rsid w:val="00312317"/>
     <w:rsid w:val="0031276A"/>
     <w:rsid w:val="00345C2F"/>
     <w:rsid w:val="003507A7"/>
     <w:rsid w:val="00376617"/>
     <w:rsid w:val="00392218"/>
     <w:rsid w:val="003A0D02"/>
     <w:rsid w:val="003A2034"/>
     <w:rsid w:val="003B1ACF"/>
+    <w:rsid w:val="003B5D35"/>
     <w:rsid w:val="003B7560"/>
     <w:rsid w:val="003C5467"/>
     <w:rsid w:val="003D1F91"/>
     <w:rsid w:val="003D48D8"/>
     <w:rsid w:val="003E45F7"/>
     <w:rsid w:val="003F3428"/>
     <w:rsid w:val="004004F2"/>
     <w:rsid w:val="00406037"/>
     <w:rsid w:val="00410A09"/>
     <w:rsid w:val="0042641D"/>
     <w:rsid w:val="00433F29"/>
     <w:rsid w:val="00454AEE"/>
     <w:rsid w:val="00457664"/>
     <w:rsid w:val="00471C40"/>
+    <w:rsid w:val="00474A44"/>
     <w:rsid w:val="00476BDB"/>
     <w:rsid w:val="00480B3F"/>
     <w:rsid w:val="00485FF2"/>
     <w:rsid w:val="004D77C6"/>
     <w:rsid w:val="004D7EE8"/>
     <w:rsid w:val="0051780D"/>
     <w:rsid w:val="00532D9D"/>
     <w:rsid w:val="00537FA2"/>
+    <w:rsid w:val="005557B4"/>
     <w:rsid w:val="00561DB8"/>
     <w:rsid w:val="00577F9C"/>
     <w:rsid w:val="005975F2"/>
     <w:rsid w:val="005B121D"/>
+    <w:rsid w:val="005F498F"/>
     <w:rsid w:val="005F76AD"/>
+    <w:rsid w:val="00600C6A"/>
     <w:rsid w:val="00615F3E"/>
     <w:rsid w:val="006308E6"/>
     <w:rsid w:val="00642AEB"/>
     <w:rsid w:val="00645EE4"/>
     <w:rsid w:val="00652914"/>
     <w:rsid w:val="00653ACC"/>
     <w:rsid w:val="00657BDB"/>
     <w:rsid w:val="00660AB7"/>
     <w:rsid w:val="00675C94"/>
     <w:rsid w:val="00682F4E"/>
     <w:rsid w:val="006874D5"/>
     <w:rsid w:val="006E70C4"/>
     <w:rsid w:val="006F7CC5"/>
     <w:rsid w:val="007041B6"/>
     <w:rsid w:val="00716676"/>
     <w:rsid w:val="00716EC7"/>
     <w:rsid w:val="00730BDD"/>
     <w:rsid w:val="00753DF2"/>
     <w:rsid w:val="00760158"/>
     <w:rsid w:val="007610AB"/>
     <w:rsid w:val="0076315A"/>
     <w:rsid w:val="007B120E"/>
     <w:rsid w:val="007C1657"/>
     <w:rsid w:val="007E504D"/>
     <w:rsid w:val="007F1271"/>
     <w:rsid w:val="007F267C"/>
     <w:rsid w:val="007F4249"/>
     <w:rsid w:val="00803875"/>
     <w:rsid w:val="008130A7"/>
     <w:rsid w:val="00816FB9"/>
     <w:rsid w:val="00857FDB"/>
     <w:rsid w:val="008866B5"/>
     <w:rsid w:val="00892BCA"/>
     <w:rsid w:val="008A09C9"/>
     <w:rsid w:val="008B0BBF"/>
     <w:rsid w:val="008C38BC"/>
     <w:rsid w:val="008D5BD4"/>
     <w:rsid w:val="008E0CBD"/>
+    <w:rsid w:val="008F1CD0"/>
     <w:rsid w:val="008F2B76"/>
     <w:rsid w:val="00903339"/>
     <w:rsid w:val="00905E6E"/>
     <w:rsid w:val="00930F99"/>
     <w:rsid w:val="00934C87"/>
     <w:rsid w:val="009414CD"/>
     <w:rsid w:val="00944F5A"/>
     <w:rsid w:val="00994DF3"/>
     <w:rsid w:val="009B1D54"/>
     <w:rsid w:val="009D6722"/>
     <w:rsid w:val="009E1984"/>
     <w:rsid w:val="009E373D"/>
     <w:rsid w:val="009E50B2"/>
     <w:rsid w:val="009F24F8"/>
     <w:rsid w:val="009F29BE"/>
     <w:rsid w:val="00A07EEE"/>
     <w:rsid w:val="00A31706"/>
     <w:rsid w:val="00A44630"/>
     <w:rsid w:val="00A57F38"/>
     <w:rsid w:val="00A76FB5"/>
     <w:rsid w:val="00A83314"/>
+    <w:rsid w:val="00AA4614"/>
     <w:rsid w:val="00AC7D3F"/>
     <w:rsid w:val="00AE75BF"/>
     <w:rsid w:val="00B0512D"/>
     <w:rsid w:val="00B2219B"/>
+    <w:rsid w:val="00B433C4"/>
     <w:rsid w:val="00B44B15"/>
     <w:rsid w:val="00B50C1D"/>
+    <w:rsid w:val="00B5597D"/>
     <w:rsid w:val="00B73521"/>
     <w:rsid w:val="00BB57BC"/>
+    <w:rsid w:val="00BD1AAB"/>
     <w:rsid w:val="00BE4829"/>
     <w:rsid w:val="00C03B9A"/>
     <w:rsid w:val="00C22ED4"/>
     <w:rsid w:val="00C31FEB"/>
     <w:rsid w:val="00C54E4C"/>
     <w:rsid w:val="00C622F2"/>
     <w:rsid w:val="00C75D9E"/>
     <w:rsid w:val="00C765E2"/>
     <w:rsid w:val="00C82DB3"/>
     <w:rsid w:val="00C90D09"/>
     <w:rsid w:val="00CA0BE2"/>
     <w:rsid w:val="00CA5D74"/>
     <w:rsid w:val="00CB5136"/>
     <w:rsid w:val="00CD113C"/>
+    <w:rsid w:val="00D25ADE"/>
     <w:rsid w:val="00D3577B"/>
     <w:rsid w:val="00D379F6"/>
+    <w:rsid w:val="00D47F7D"/>
     <w:rsid w:val="00D56528"/>
     <w:rsid w:val="00D77BBB"/>
     <w:rsid w:val="00D81D5E"/>
     <w:rsid w:val="00D81EC4"/>
     <w:rsid w:val="00D942EA"/>
     <w:rsid w:val="00DA6544"/>
     <w:rsid w:val="00DE36FD"/>
     <w:rsid w:val="00E05332"/>
     <w:rsid w:val="00E5670C"/>
     <w:rsid w:val="00E85AC5"/>
     <w:rsid w:val="00EC4214"/>
     <w:rsid w:val="00ED4410"/>
     <w:rsid w:val="00EE3438"/>
     <w:rsid w:val="00F10288"/>
     <w:rsid w:val="00F2589C"/>
     <w:rsid w:val="00F27DFA"/>
     <w:rsid w:val="00F36C08"/>
     <w:rsid w:val="00F46973"/>
     <w:rsid w:val="00F50385"/>
     <w:rsid w:val="00F97765"/>
     <w:rsid w:val="00FB3512"/>
+    <w:rsid w:val="00FB4CDF"/>
+    <w:rsid w:val="00FD54B1"/>
+    <w:rsid w:val="00FE33A2"/>
     <w:rsid w:val="00FE6FC2"/>
     <w:rsid w:val="00FF14EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-ES"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="11D11038"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:locked="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:locked="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -13348,113 +13969,156 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00652914"/>
+    <w:rsid w:val="00301137"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo1Car"/>
     <w:qFormat/>
     <w:locked/>
-    <w:rsid w:val="00FE3C7F"/>
+    <w:rsid w:val="002948C5"/>
     <w:pPr>
-      <w:keepNext/>
-[...2 lines deleted...]
-      <w:jc w:val="both"/>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
       <w:b/>
       <w:bCs/>
-      <w:sz w:val="28"/>
-[...2 lines deleted...]
-      <w:lang w:val="x-none" w:eastAsia="x-none"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo2">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Prrafodelista"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo2Car"/>
     <w:qFormat/>
     <w:locked/>
-    <w:rsid w:val="00FE3C7F"/>
+    <w:rsid w:val="002948C5"/>
     <w:pPr>
-      <w:keepNext/>
-[...1 lines deleted...]
-      <w:ind w:left="708"/>
+      <w:widowControl w:val="0"/>
+      <w:numPr>
+        <w:numId w:val="27"/>
+      </w:numPr>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="284" w:hanging="284"/>
       <w:jc w:val="both"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
       <w:b/>
       <w:bCs/>
-      <w:sz w:val="28"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:u w:val="single"/>
-      <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Textoindependiente"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Ttulo3Car"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:rsid w:val="002948C5"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+        <w:numId w:val="27"/>
+      </w:numPr>
+      <w:spacing w:after="200"/>
+      <w:ind w:left="567" w:hanging="567"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Ttulo3"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Ttulo4Car"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:rsid w:val="002948C5"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="2"/>
+      </w:numPr>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Encabezado">
     <w:name w:val="header"/>
@@ -13611,71 +14275,70 @@
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hipervnculovisitado">
     <w:name w:val="FollowedHyperlink"/>
     <w:semiHidden/>
     <w:rsid w:val="002E38A8"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:color w:val="800080"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Prrafodelista1">
     <w:name w:val="Párrafo de lista1"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00497C20"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo1Car">
     <w:name w:val="Título 1 Car"/>
     <w:link w:val="Ttulo1"/>
-    <w:rsid w:val="00FE3C7F"/>
+    <w:rsid w:val="002948C5"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Tahoma"/>
       <w:b/>
       <w:bCs/>
-      <w:sz w:val="28"/>
-[...1 lines deleted...]
-      <w:u w:val="single"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo2Car">
     <w:name w:val="Título 2 Car"/>
     <w:link w:val="Ttulo2"/>
-    <w:rsid w:val="00FE3C7F"/>
+    <w:rsid w:val="002948C5"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
       <w:b/>
       <w:bCs/>
-      <w:sz w:val="28"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sangradetextonormal">
     <w:name w:val="Body Text Indent"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SangradetextonormalCar"/>
     <w:rsid w:val="00FE3C7F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:firstLine="567"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SangradetextonormalCar">
     <w:name w:val="Sangría de texto normal Car"/>
     <w:link w:val="Sangradetextonormal"/>
     <w:rsid w:val="00FE3C7F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -13797,50 +14460,97 @@
     <w:rsid w:val="00AB12E3"/>
     <w:pPr>
       <w:ind w:left="708"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="hps">
     <w:name w:val="hps"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:rsid w:val="00182426"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="atn">
     <w:name w:val="atn"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:rsid w:val="00182426"/>
   </w:style>
   <w:style w:type="character" w:styleId="Textoennegrita">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00A57F38"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Prrafodelista">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="002948C5"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo3Car">
+    <w:name w:val="Título 3 Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Ttulo3"/>
+    <w:rsid w:val="002948C5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+      <w:b/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="x-none" w:eastAsia="x-none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo4Car">
+    <w:name w:val="Título 4 Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Ttulo4"/>
+    <w:rsid w:val="002948C5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+      <w:b/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="x-none" w:eastAsia="x-none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Mencinsinresolver">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00301137"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="36319683">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="918562474">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
@@ -19620,59 +20330,59 @@
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1685013434">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:correoelectronico@dominio.com" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jesus.diaz@unir.net" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.xxxxxx.xxx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.xxxxxx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mbgomez@uemc.es" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jesus.diaz@unir.net" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mbgomez@uemc.es" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="http://pendientedemigracion.ucm.es/info/secom/Seccion/Ubicacion/files/page3_1.jpg" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:correoelectronico@dominio.com" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jesus.diaz@unir.net" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.xxxxxx.xxx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.xxxxxx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mbgomez@uemc.es" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jesus.diaz@unir.net" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:correoelectronico@dominio.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mbgomez@uemc.es" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="http://pendientedemigracion.ucm.es/info/secom/Seccion/Ubicacion/files/page3_1.jpg" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
 </file>
 
 <file path=word/_rels/numbering.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="Libro1" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="1"/>
   <c:lang val="es-ES"/>
   <c:roundedCorners val="1"/>
   <c:style val="2"/>
   <c:chart>
     <c:autoTitleDeleted val="1"/>
     <c:plotArea>
       <c:layout/>
       <c:lineChart>
         <c:grouping val="standard"/>
         <c:varyColors val="1"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:cat>
             <c:strRef>
               <c:f>Hoja1!$A$1:$A$13</c:f>
@@ -20126,75 +20836,75 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA Sixth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{363FBD3B-3286-4C3F-98EE-BDE2C71A23BA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>9084</Characters>
+  <Pages>8</Pages>
+  <Words>1906</Words>
+  <Characters>11442</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>75</Lines>
-  <Paragraphs>21</Paragraphs>
+  <Lines>286</Lines>
+  <Paragraphs>168</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10714</CharactersWithSpaces>
+  <CharactersWithSpaces>13180</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="42" baseType="variant">
       <vt:variant>
         <vt:i4>2752552</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>15</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.xxxxxx.xxx/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>4522074</vt:i4>
       </vt:variant>
       <vt:variant>